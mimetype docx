--- v0 (2025-12-29)
+++ v1 (2026-02-12)
@@ -109,788 +109,788 @@
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="6C7E0823" w14:textId="20942D48" w:rsidR="007130C1" w:rsidRPr="00C64056" w:rsidRDefault="007130C1" w:rsidP="00ED22AD">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
             <w:numPr>
               <w:ilvl w:val="0"/>
               <w:numId w:val="0"/>
             </w:numPr>
             <w:ind w:left="360" w:hanging="360"/>
           </w:pPr>
           <w:r w:rsidRPr="00C64056">
             <w:t>Contents</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="2B6BC485" w14:textId="4313DE75" w:rsidR="00D9160F" w:rsidRDefault="006647BA">
+        <w:p w14:paraId="4136ACA7" w14:textId="51E57C00" w:rsidR="00373AA0" w:rsidRDefault="006647BA">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-IE" w:eastAsia="en-IE"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> TOC \o "1-1" \h \z \u </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc216683985" w:history="1">
-            <w:r w:rsidR="00D9160F" w:rsidRPr="00ED1A3E">
+          <w:hyperlink w:anchor="_Toc219792925" w:history="1">
+            <w:r w:rsidR="00373AA0" w:rsidRPr="00FD3F2F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Section A</w:t>
             </w:r>
-            <w:r w:rsidR="00D9160F">
+            <w:r w:rsidR="00373AA0">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE" w:eastAsia="en-IE"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00D9160F" w:rsidRPr="00ED1A3E">
+            <w:r w:rsidR="00373AA0" w:rsidRPr="00FD3F2F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>APPLICANT ELIGIBILITY</w:t>
             </w:r>
-            <w:r w:rsidR="00D9160F">
+            <w:r w:rsidR="00373AA0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00D9160F">
+            <w:r w:rsidR="00373AA0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00D9160F">
+            <w:r w:rsidR="00373AA0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc216683985 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219792925 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00D9160F">
+            <w:r w:rsidR="00373AA0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00D9160F">
+            <w:r w:rsidR="00373AA0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00D9160F">
+            <w:r w:rsidR="00373AA0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00D9160F">
+            <w:r w:rsidR="00373AA0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="605EDF88" w14:textId="709ED916" w:rsidR="00D9160F" w:rsidRDefault="00D9160F">
+        <w:p w14:paraId="698A4DE5" w14:textId="13DF6541" w:rsidR="00373AA0" w:rsidRDefault="00373AA0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-IE" w:eastAsia="en-IE"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc216683986" w:history="1">
-            <w:r w:rsidRPr="00ED1A3E">
+          <w:hyperlink w:anchor="_Toc219792926" w:history="1">
+            <w:r w:rsidRPr="00FD3F2F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:iCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Section B</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE" w:eastAsia="en-IE"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00ED1A3E">
+            <w:r w:rsidRPr="00FD3F2F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>APPLICANT, COLLABORATORS &amp; MENTORS</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc216683986 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219792926 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="32B24D9B" w14:textId="70D9FF16" w:rsidR="00D9160F" w:rsidRDefault="00D9160F">
+        <w:p w14:paraId="79DB321D" w14:textId="2DEE303F" w:rsidR="00373AA0" w:rsidRDefault="00373AA0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-IE" w:eastAsia="en-IE"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc216683987" w:history="1">
-            <w:r w:rsidRPr="00ED1A3E">
+          <w:hyperlink w:anchor="_Toc219792927" w:history="1">
+            <w:r w:rsidRPr="00FD3F2F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:iCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Section C</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE" w:eastAsia="en-IE"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00ED1A3E">
+            <w:r w:rsidRPr="00FD3F2F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>ELIGIBLE RESEARCH BODY</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc216683987 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219792927 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7D580E0B" w14:textId="27D6CCF2" w:rsidR="00D9160F" w:rsidRDefault="00D9160F">
+        <w:p w14:paraId="691E8043" w14:textId="7A77C5D3" w:rsidR="00373AA0" w:rsidRDefault="00373AA0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-IE" w:eastAsia="en-IE"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc216683988" w:history="1">
-            <w:r w:rsidRPr="00ED1A3E">
+          <w:hyperlink w:anchor="_Toc219792928" w:history="1">
+            <w:r w:rsidRPr="00FD3F2F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:iCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Section D</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE" w:eastAsia="en-IE"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00ED1A3E">
+            <w:r w:rsidRPr="00FD3F2F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>SALARIES AND BUDGETS</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc216683988 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219792928 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="361FBAED" w14:textId="54698B9D" w:rsidR="00D9160F" w:rsidRDefault="00D9160F">
+        <w:p w14:paraId="522B82C0" w14:textId="2A1AED41" w:rsidR="00373AA0" w:rsidRDefault="00373AA0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-IE" w:eastAsia="en-IE"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc216683989" w:history="1">
-            <w:r w:rsidRPr="00ED1A3E">
+          <w:hyperlink w:anchor="_Toc219792929" w:history="1">
+            <w:r w:rsidRPr="00FD3F2F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:iCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Section E</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE" w:eastAsia="en-IE"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00ED1A3E">
+            <w:r w:rsidRPr="00FD3F2F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>REMIT</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc216683989 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219792929 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="6A43D59E" w14:textId="0DD79AF7" w:rsidR="00373AA0" w:rsidRDefault="00373AA0">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:val="en-IE" w:eastAsia="en-IE"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc219792930" w:history="1">
+            <w:r w:rsidRPr="00FD3F2F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:iCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Section F</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-IE" w:eastAsia="en-IE"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00FD3F2F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>REVIEW PROCESS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219792930 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="4766EE62" w14:textId="4F873992" w:rsidR="00373AA0" w:rsidRDefault="00373AA0">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:val="en-IE" w:eastAsia="en-IE"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc219792931" w:history="1">
+            <w:r w:rsidRPr="00FD3F2F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:lang w:val="en-IE"/>
+              </w:rPr>
+              <w:t>Section G</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-IE" w:eastAsia="en-IE"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00FD3F2F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>APPLICATION PREPARATION</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219792931 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7A52E48B" w14:textId="48AEBD2E" w:rsidR="00D9160F" w:rsidRDefault="00D9160F">
+        <w:p w14:paraId="52D3F33A" w14:textId="6C07B824" w:rsidR="00373AA0" w:rsidRDefault="00373AA0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-IE" w:eastAsia="en-IE"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc216683990" w:history="1">
-[...183 lines deleted...]
-            <w:r w:rsidRPr="00ED1A3E">
+          <w:hyperlink w:anchor="_Toc219792932" w:history="1">
+            <w:r w:rsidRPr="00FD3F2F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:iCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Section H</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE" w:eastAsia="en-IE"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00ED1A3E">
+            <w:r w:rsidRPr="00FD3F2F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>POLICY</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc216683992 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219792932 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>15</w:t>
+              <w:t>14</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3A0B1C81" w14:textId="46240991" w:rsidR="006647BA" w:rsidRDefault="006647BA">
+        <w:p w14:paraId="3A0B1C81" w14:textId="2826D8CE" w:rsidR="006647BA" w:rsidRDefault="006647BA">
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="0E69FFE4" w14:textId="77777777" w:rsidR="00560494" w:rsidRPr="00C64056" w:rsidRDefault="00560494" w:rsidP="004574F0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4981E98E" w14:textId="77777777" w:rsidR="002E70E9" w:rsidRPr="00C64056" w:rsidRDefault="002E70E9" w:rsidP="00C64056">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
@@ -940,65 +940,51 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C61D03F" w14:textId="77777777" w:rsidR="002874E8" w:rsidRDefault="002874E8" w:rsidP="00C64056">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002874E8">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve">While every effort has been made to ensure the accuracy and reliability of this document, it is provided for information purposes only and as a guide to expected developments. It is not intended, and should not be relied upon, as any form of warranty, representation, undertaking, contractual, or other commitment binding in law upon </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Éireann I Research Ireland (“Research Ireland”), the Government of Ireland, or any of their respective servants or agents. Research Ireland Grant Conditions (to include General Terms and Conditions and Letters of Offer) shall govern the administration of Research Ireland Grants and awards to the exclusion of this and any other oral, written, or recorded statement. All responses to this Call for Submission of Proposals will be treated in confidence and no information contained therein will be communicated to any third party without the written permission of the applicant except insofar as is specifically required for the consideration and evaluation of the proposal or as may be required under law, including the Research and Innovation Act 2024 and the Freedom of Information Acts 1997, (Amendment) 2003 and 2014. </w:t>
+        <w:t xml:space="preserve">While every effort has been made to ensure the accuracy and reliability of this document, it is provided for information purposes only and as a guide to expected developments. It is not intended, and should not be relied upon, as any form of warranty, representation, undertaking, contractual, or other commitment binding in law upon Taighde Éireann I Research Ireland (“Research Ireland”), the Government of Ireland, or any of their respective servants or agents. Research Ireland Grant Conditions (to include General Terms and Conditions and Letters of Offer) shall govern the administration of Research Ireland Grants and awards to the exclusion of this and any other oral, written, or recorded statement. All responses to this Call for Submission of Proposals will be treated in confidence and no information contained therein will be communicated to any third party without the written permission of the applicant except insofar as is specifically required for the consideration and evaluation of the proposal or as may be required under law, including the Research and Innovation Act 2024 and the Freedom of Information Acts 1997, (Amendment) 2003 and 2014. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C1C16F8" w14:textId="77777777" w:rsidR="002874E8" w:rsidRDefault="002874E8" w:rsidP="00C64056">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="617C10BF" w14:textId="3F7EBCC1" w:rsidR="004C7FC3" w:rsidRPr="00C64056" w:rsidRDefault="002874E8" w:rsidP="00C64056">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
@@ -1059,51 +1045,51 @@
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C64056">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B64F421" w14:textId="27822B58" w:rsidR="002E70E9" w:rsidRPr="003467A0" w:rsidRDefault="002E70E9" w:rsidP="00EC0C1B">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc1865044410"/>
-      <w:bookmarkStart w:id="1" w:name="_Toc216683985"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc219792925"/>
       <w:r w:rsidRPr="003467A0">
         <w:lastRenderedPageBreak/>
         <w:t>APPLICANT ELIGIBILITY</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="4AF68794" w14:textId="77777777" w:rsidR="002E70E9" w:rsidRPr="00C64056" w:rsidRDefault="002E70E9" w:rsidP="00C64056">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3E852BF6" w14:textId="77777777" w:rsidR="00076FB2" w:rsidRPr="00BB6F56" w:rsidRDefault="00076FB2" w:rsidP="00BB6F56">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="35F7B8B0" w14:textId="0F137AC6" w:rsidR="004A3D31" w:rsidRDefault="00D45BFA" w:rsidP="00EC0C1B">
@@ -1435,67 +1421,51 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>How do you define research independence?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A44D11E" w14:textId="100C52E7" w:rsidR="005F0462" w:rsidRDefault="005F0462" w:rsidP="15A2C589">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:lang w:val="en-IE" w:eastAsia="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F0462">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:lang w:eastAsia="en-IE"/>
         </w:rPr>
-        <w:t xml:space="preserve">An Independent Researcher, sometimes referred to as an “Independent Investigator” or “Established Researcher”, is an individual who conducts research independently, identifies research problems and opportunities, selects appropriate methodologies and approaches, advances a research agenda, and </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> establish collaborative relationships. They will have secured significant independent funding in their name and will have full autonomy to conduct their research. They will be affiliated with an Eligible Research Body, who in turn, will recognise and support them as an Independent Researcher (adapted from the </w:t>
+        <w:t xml:space="preserve">An Independent Researcher, sometimes referred to as an “Independent Investigator” or “Established Researcher”, is an individual who conducts research independently, identifies research problems and opportunities, selects appropriate methodologies and approaches, advances a research agenda, and has the ability to establish collaborative relationships. They will have secured significant independent funding in their name and will have full autonomy to conduct their research. They will be affiliated with an Eligible Research Body, who in turn, will recognise and support them as an Independent Researcher (adapted from the </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="001363C0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorBidi"/>
             <w:lang w:eastAsia="en-IE"/>
           </w:rPr>
           <w:t>European Commission’s definition for “Established Researchers”</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005F0462">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:lang w:eastAsia="en-IE"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="673B61BB" w14:textId="77777777" w:rsidR="005F0462" w:rsidRDefault="005F0462" w:rsidP="15A2C589">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
@@ -2213,65 +2183,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00F03A0D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t>EPA Fellowships</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C018DB3" w14:textId="7EFDFE02" w:rsidR="000574CA" w:rsidRPr="00F03A0D" w:rsidRDefault="000574CA" w:rsidP="00F03A0D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F03A0D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sir Henry </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Postdoctoral Fellowship</w:t>
+        <w:t>Sir Henry Wellcome Postdoctoral Fellowship</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71068032" w14:textId="7740BA8D" w:rsidR="000574CA" w:rsidRDefault="00BD49E3" w:rsidP="00F03A0D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t>Research Ireland</w:t>
       </w:r>
       <w:r w:rsidR="000574CA" w:rsidRPr="00F03A0D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
@@ -2609,168 +2565,138 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B4431">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Sir Henry Dale Fellowships</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B475D8E" w14:textId="4E7F3EAA" w:rsidR="000574CA" w:rsidRPr="007B4431" w:rsidRDefault="000574CA" w:rsidP="007B4431">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007B4431">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>Wellcome</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> Research Career Development Fellowships</w:t>
+        <w:t>Wellcome Research Career Development Fellowships</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79CD77F0" w14:textId="77777777" w:rsidR="000574CA" w:rsidRDefault="000574CA" w:rsidP="00D45BFA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="748EF2FC" w14:textId="77777777" w:rsidR="001F34E4" w:rsidRPr="00A43624" w:rsidRDefault="001F34E4" w:rsidP="001F34E4">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B0C9E04" w14:textId="6D944A8D" w:rsidR="001F34E4" w:rsidRPr="00A43624" w:rsidRDefault="001F34E4" w:rsidP="00B8095F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B8095F">
-        <w:t xml:space="preserve">If I </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> to the</w:t>
+        <w:t>If I submit an application to the</w:t>
       </w:r>
       <w:r w:rsidR="00102FC2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B8095F">
         <w:t>Pathway Programme Call, can I apply to the RS-</w:t>
       </w:r>
       <w:r w:rsidR="00102FC2">
         <w:t>Research Ireland</w:t>
       </w:r>
       <w:r w:rsidRPr="00B8095F">
         <w:t xml:space="preserve"> University Research Fellowship scheme</w:t>
       </w:r>
       <w:r w:rsidR="00080C37">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00B8095F">
         <w:t xml:space="preserve">the Research Career Development Fellowship </w:t>
       </w:r>
       <w:r w:rsidR="00080C37">
         <w:t>or the Government of Ireland Postdoctoral Fellowship</w:t>
       </w:r>
       <w:r w:rsidR="50D19ADB">
         <w:t xml:space="preserve"> Programme</w:t>
       </w:r>
       <w:r w:rsidRPr="00B8095F">
         <w:t xml:space="preserve">?  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E16CBA8" w14:textId="64803FCC" w:rsidR="001F34E4" w:rsidRPr="00A43624" w:rsidRDefault="001F34E4" w:rsidP="0068426D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="58C808A5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Yes.  Subject to eligibility requirements, individuals may </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> to the Royal Society-</w:t>
+        <w:t>Yes.  Subject to eligibility requirements, individuals may submit an application to the Royal Society-</w:t>
       </w:r>
       <w:r w:rsidR="00D271E2">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Research Ireland</w:t>
       </w:r>
       <w:r w:rsidRPr="58C808A5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> University Research Fellowship</w:t>
       </w:r>
       <w:r w:rsidR="00080C37" w:rsidRPr="58C808A5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="5CD5470E" w:rsidRPr="0804AA75">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -2914,100 +2840,78 @@
         </w:rPr>
         <w:t>if you are under review under these calls at the point of application or if you are planning a future application to these calls.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AF20D3D" w14:textId="77777777" w:rsidR="001F34E4" w:rsidRPr="00A43624" w:rsidRDefault="001F34E4" w:rsidP="001F34E4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="02F2A4A5" w14:textId="3C8D7E0B" w:rsidR="001F34E4" w:rsidRPr="00A43624" w:rsidRDefault="001F34E4" w:rsidP="00B8095F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="478508FB">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">If I </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> to the Pathway Programme </w:t>
+        <w:t xml:space="preserve">If I submit an application to the Pathway Programme </w:t>
       </w:r>
       <w:r w:rsidR="00DD4470">
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00C31921">
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="478508FB">
         <w:t xml:space="preserve"> call, can I apply to the European Research Council Starting Grant?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31A30C5C" w14:textId="179CAB26" w:rsidR="001F34E4" w:rsidRPr="00214EA3" w:rsidRDefault="001F34E4" w:rsidP="00250BC2">
       <w:pPr>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="7BED0250">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Yes.</w:t>
       </w:r>
       <w:r w:rsidR="55BAF320" w:rsidRPr="09D15F05">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Subject to eligibility requirements, individuals may </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> to the ERC Starting Grant</w:t>
+        <w:t xml:space="preserve"> Subject to eligibility requirements, individuals may submit an application to the ERC Starting Grant</w:t>
       </w:r>
       <w:r w:rsidR="45FAA37A" w:rsidRPr="09D15F05">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="55BAF320" w:rsidRPr="09D15F05">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">whilst under active review under the Pathway Programme </w:t>
       </w:r>
       <w:r w:rsidR="00DD4470">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00C31921">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
@@ -3130,59 +3034,51 @@
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B8095F">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="478508FB">
         <w:t>No, it is permissible for the applicant to be based in a different institution</w:t>
       </w:r>
       <w:r w:rsidR="00857650">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00152BB7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00857650">
         <w:t xml:space="preserve">including an </w:t>
       </w:r>
       <w:r w:rsidR="00152BB7">
         <w:t>institution outside of Ireland,</w:t>
       </w:r>
       <w:r w:rsidRPr="478508FB">
-        <w:t xml:space="preserve"> at the time of </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> to the</w:t>
+        <w:t xml:space="preserve"> at the time of submitting an application to the</w:t>
       </w:r>
       <w:r w:rsidR="00F74B47">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="478508FB">
         <w:t xml:space="preserve">Pathway Programme call. However, they will need to first contact the research body where they intend to </w:t>
       </w:r>
       <w:r w:rsidR="05042010" w:rsidRPr="478508FB">
         <w:t xml:space="preserve">hold their award </w:t>
       </w:r>
       <w:r w:rsidRPr="478508FB">
         <w:t>and be selected as one of the institution’s approved applicants. Furthermore, they will need to provide assurance in their application that a mentor in that institution is able to provide the necessary infrastructure and support.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A675F17" w14:textId="1E902001" w:rsidR="001F34E4" w:rsidRPr="00A43624" w:rsidRDefault="001F34E4" w:rsidP="00B8095F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>I assisted in some lecturing duties while my main role continued to be as a supervised postdoctoral researcher. Am I still eligible to apply to the</w:t>
       </w:r>
       <w:r w:rsidR="001A07FF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -3571,227 +3467,192 @@
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Examples include, but are not limited to:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76252A79" w14:textId="77777777" w:rsidR="00441F10" w:rsidRPr="00DC4250" w:rsidRDefault="00441F10" w:rsidP="00441F10">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0ADB6D01" w14:textId="5E9E04D9" w:rsidR="00441F10" w:rsidRPr="008B195F" w:rsidRDefault="00441F10" w:rsidP="00720172">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="008B195F">
-        <w:t xml:space="preserve">Publications in major international peer-reviewed </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Publications in major international peer-reviewed journals;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1EF17B62" w14:textId="5E9E04D9" w:rsidR="00441F10" w:rsidRDefault="00441F10" w:rsidP="00720172">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="008B195F">
-        <w:t xml:space="preserve">Research monograph(s) and any translations </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Research monograph(s) and any translations thereof;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="31172509" w14:textId="5E9E04D9" w:rsidR="00441F10" w:rsidRPr="002B6069" w:rsidRDefault="00441F10" w:rsidP="00720172">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="008B195F">
-        <w:t xml:space="preserve">Other forms of peer-reviewed recognition of </w:t>
-[...3 lines deleted...]
-        <w:t>achievement</w:t>
+        <w:t>Other forms of peer-reviewed recognition of achievement</w:t>
       </w:r>
       <w:r w:rsidRPr="5CAB0C02">
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="5FF49A37" w14:textId="5E9E04D9" w:rsidR="00441F10" w:rsidRPr="008B195F" w:rsidRDefault="00441F10" w:rsidP="00720172">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="008B195F">
-        <w:t xml:space="preserve">Publication of datasets, software, </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Publication of datasets, software, code;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="45CD28EA" w14:textId="5E9E04D9" w:rsidR="00441F10" w:rsidRDefault="00441F10" w:rsidP="00720172">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="008B195F">
         <w:t>Innovation and commercialisation activities (e.g. patents, licenses, novel assays and reagents</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="2236FC9A">
         <w:t>);</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="6AA7794A" w14:textId="5E9E04D9" w:rsidR="00441F10" w:rsidRPr="008B195F" w:rsidRDefault="00441F10" w:rsidP="00720172">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="008B195F">
-        <w:t xml:space="preserve">Participation in </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Participation in consortia;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1D065C0A" w14:textId="5FAADAC3" w:rsidR="001F34E4" w:rsidRPr="00720172" w:rsidRDefault="00720172" w:rsidP="00720172">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00441F10" w:rsidRPr="00720172">
         <w:t xml:space="preserve">resentations </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="545227DA" w14:textId="77777777" w:rsidR="00720172" w:rsidRPr="0080578E" w:rsidRDefault="00720172" w:rsidP="00720172">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1805AACD" w14:textId="00BFEBDA" w:rsidR="001F34E4" w:rsidRPr="00996FA1" w:rsidRDefault="001F34E4" w:rsidP="00B8095F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00996FA1">
         <w:rPr>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>When listing peer-review publications including conference proceedings, does this include conference abstracts which have been published in peer review journals and conference proceedings published in book format (</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="22B0E1E3" w:rsidRPr="478508FB">
         <w:rPr>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>e.g.</w:t>
       </w:r>
       <w:r w:rsidRPr="00996FA1">
         <w:rPr>
           <w:lang w:val="en-IE"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> IFMBE proceedings</w:t>
+        <w:t>. IFMBE proceedings</w:t>
       </w:r>
       <w:r w:rsidRPr="478508FB">
         <w:rPr>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="053DBC3B" w:rsidRPr="478508FB">
         <w:rPr>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C7632AC" w14:textId="671E5F84" w:rsidR="001F34E4" w:rsidRDefault="001F34E4" w:rsidP="001F34E4">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00996FA1">
         <w:rPr>
@@ -4064,55 +3925,53 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="0DA1D154" w14:textId="77777777" w:rsidR="00447CE5" w:rsidRPr="002F043F" w:rsidRDefault="00447CE5" w:rsidP="00447CE5">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="002F043F">
         <w:t>How are part-time faculty contracts considered in the employment eligibility criterion?</w:t>
       </w:r>
       <w:r w:rsidRPr="002F043F">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="13E84D79" w14:textId="77777777" w:rsidR="00447CE5" w:rsidRDefault="00447CE5" w:rsidP="00447CE5">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>Part-time working is considered the same as full-time working (i.e., two years of half-time working counts as two full time years).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="527BAC4F" w14:textId="0E64F4B3" w:rsidR="00391DCB" w:rsidRPr="002F043F" w:rsidRDefault="00BC5853" w:rsidP="00391DCB">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>Is</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00391DCB" w:rsidRPr="002F043F">
         <w:t xml:space="preserve"> all the eligibility criteria assessed only at the time of the submission? (e.g. what if the applicant will have </w:t>
       </w:r>
       <w:r w:rsidR="00B96A1F">
         <w:t>36</w:t>
       </w:r>
       <w:r w:rsidR="00391DCB" w:rsidRPr="002F043F">
         <w:t xml:space="preserve"> months of faculty contract at the start of the programme, but not on the application deadline?)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D8E377A" w14:textId="26A5B3DD" w:rsidR="00391DCB" w:rsidRDefault="00391DCB" w:rsidP="00391DCB">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r w:rsidRPr="002F043F">
         <w:t xml:space="preserve">The applicants must not have previously held, or currently be employed on, a faculty contract </w:t>
       </w:r>
       <w:r w:rsidR="00B96A1F">
         <w:t>greater than or equal to 36</w:t>
       </w:r>
       <w:r w:rsidRPr="002F043F">
         <w:t xml:space="preserve"> months in duration. This is related to the contract duration and not the time spent in the current contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4638AA6D" w14:textId="77777777" w:rsidR="00D2691D" w:rsidRPr="001011ED" w:rsidRDefault="00D2691D" w:rsidP="00D2691D">
@@ -4169,84 +4028,68 @@
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D7E9AFE" w14:textId="3FA462B5" w:rsidR="00047B0E" w:rsidRDefault="00047B0E" w:rsidP="00047B0E">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:lang w:eastAsia="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB2C4B">
         <w:t xml:space="preserve">Assuming that all other eligibility criteria have been met, postdoctoral candidates who currently hold or have held a </w:t>
       </w:r>
       <w:r w:rsidR="00A30B06">
         <w:t>Research Ireland</w:t>
       </w:r>
       <w:r w:rsidR="00A377C8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB2C4B">
-        <w:t xml:space="preserve">Challenge grant under the National Challenge Fund (NCF) as either lead-PI or Co-PI up as far as the Concept/Seed phase would be eligible to apply under </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Programme call.</w:t>
+        <w:t>Challenge grant under the National Challenge Fund (NCF) as either lead-PI or Co-PI up as far as the Concept/Seed phase would be eligible to apply under the  Pathway Programme call.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D0CE662" w14:textId="77777777" w:rsidR="00047B0E" w:rsidRDefault="00047B0E" w:rsidP="00047B0E">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42EEE47D" w14:textId="62BAA0D5" w:rsidR="00047B0E" w:rsidRDefault="00047B0E" w:rsidP="00047B0E">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">In cases where candidates currently holding a NCF grant at Concept/Seed phase are successful under the Pathway Programme call, it would not be possible to hold both grants simultaneously as it is expected that Pathway grant holders will dedicate almost </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> their time to the Pathway programme in its first year.</w:t>
+        <w:t>In cases where candidates currently holding a NCF grant at Concept/Seed phase are successful under the Pathway Programme call, it would not be possible to hold both grants simultaneously as it is expected that Pathway grant holders will dedicate almost all of their time to the Pathway programme in its first year.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61C073AA" w14:textId="77777777" w:rsidR="00047B0E" w:rsidRDefault="00047B0E" w:rsidP="00047B0E">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F221BF2" w14:textId="15955B27" w:rsidR="00047B0E" w:rsidRDefault="00047B0E" w:rsidP="00047B0E">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Candidates who currently hold or have held a </w:t>
       </w:r>
       <w:r w:rsidR="00730BBD">
         <w:t>Research Ireland</w:t>
       </w:r>
       <w:r w:rsidR="00A377C8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Challenge grant under the National Challenge Fund, or other </w:t>
       </w:r>
       <w:r w:rsidR="00730BBD">
@@ -4308,154 +4151,391 @@
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="72B7C9F1">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Can I apply to both the Industry RD&amp;I Fellowship and the Pathway programme? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09ACDDC3" w14:textId="775F734A" w:rsidR="105E998A" w:rsidRDefault="105E998A" w:rsidP="12D2E600">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="12D2E600">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Yes, subject to eligibility requirements, individuals may </w:t>
-[...63 lines deleted...]
-        <w:t xml:space="preserve"> be fully transparent about this when engaging with a potential industry partner. The industry partner contributes considerably to the development of the Industry RD&amp;I Fellowship proposal and budget, and due consideration needs to be given to the industry partner in these circumstances. If successful, applicants will not be permitted to accept both awards. Should an applicant be successful under the Pathway Programme call, they would be required to withdraw their application from the Industry RD&amp;I Fellowship call.   Please contact </w:t>
+        <w:t xml:space="preserve">Yes, subject to eligibility requirements, individuals may submit an application to both the  Pathway and the Industry RD&amp;I Fellowship Programmes. We would ask that any applicant who is considering applying for both programmes be fully transparent about this when engaging with a potential industry partner. The industry partner contributes considerably to the development of the Industry RD&amp;I Fellowship proposal and budget, and due consideration needs to be given to the industry partner in these circumstances. If successful, applicants will not be permitted to accept both awards. Should an applicant be successful under the Pathway Programme call, they would be required to withdraw their application from the Industry RD&amp;I Fellowship call.   Please contact </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="002D0D8B" w:rsidRPr="002D0D8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>irdif@researchireland.ie</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="12D2E600">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  if you are under review under these calls at the point of application or if you are planning a future application to this call.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45571785" w14:textId="77777777" w:rsidR="00076FB2" w:rsidRDefault="00076FB2" w:rsidP="08B135E1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="5ED9CE5F" w14:textId="2A1BA099" w:rsidR="00074492" w:rsidRDefault="00074492" w:rsidP="00074492">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="72B7C9F1">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Can I apply</w:t>
+      </w:r>
+      <w:r w:rsidR="005B057A" w:rsidRPr="72B7C9F1">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidR="005B057A" w:rsidRPr="3525CCEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the Research Ireland Pathway programme if I currently am a Translational Researcher/Co-Translational Researcher leading a Translational Research Project in an ARC</w:t>
+      </w:r>
+      <w:r w:rsidR="005B057A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hub</w:t>
+      </w:r>
+      <w:r w:rsidRPr="72B7C9F1">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="747BE755" w14:textId="4DA59533" w:rsidR="00887515" w:rsidRDefault="00887515" w:rsidP="00887515">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="28597DCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Research Ireland does not expect there to be a significant overlap between the cohorts funded through the Pathway and ARC Hub Programmes as they support researchers to progress on different career tracks. Pathway aims to enable talented postdoctoral researchers to develop their academic track record and establish themselves as independent investigators. The ARC Hub Programme funds researchers to develop into entrepreneurs, translating their research into commercial outputs. At this point however, those funded through an ARC Hub are not precluded from applying to the Pathway Programme, as outlined below.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17BF76B7" w14:textId="77777777" w:rsidR="005B057A" w:rsidRDefault="005B057A" w:rsidP="00887515">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5066B0D9" w14:textId="77777777" w:rsidR="00887515" w:rsidRDefault="00887515" w:rsidP="00887515">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Subject to eligibility requirements, individuals leading on an ARC Hub Translational Research Project as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="53C60D72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Translational Researcher</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/Co-Translational Researcher may be eligible to apply to the Research Ireland Pathway Programme. This individual must be a Translational Researcher under the postdoctoral researcher category with a suitable mentor in place and must not be recognised by the host research body as independent. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941657">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>If successful</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> under the Pathway Programme</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941657">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, applicants will not be permitted to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>hold both awards</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941657">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="53C60D72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>An</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> applicant intending to submit an application to the Pathway Programme who is currently a Translational Researcher/Co-Translational Researcher</w:t>
+      </w:r>
+      <w:r w:rsidRPr="53C60D72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, should</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> please contact the ARC Hub Team (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18">
+        <w:r w:rsidRPr="53C60D72">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>arc@researchireland.ie</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>) and Pathway Team (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19">
+        <w:r w:rsidRPr="53C60D72">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>pathway@researcireland.ie</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) to notify them of such. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79F27918" w14:textId="77777777" w:rsidR="005B057A" w:rsidRDefault="005B057A" w:rsidP="00887515">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64CEF9D6" w14:textId="0E9B502C" w:rsidR="00074492" w:rsidRDefault="00887515" w:rsidP="00887515">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="680121F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Additionally, subject</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to eligibility requirements, individuals working as Team members on an ARC Hub Translational Research Project in a postdoctoral capacity are eligible to apply to the Research Ireland Pathway Programme. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941657">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>If successful</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> under the Pathway Programme</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941657">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, applicants will not</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be permitted to hold the Pathway grant and continue working as a Team member on the ARC Hub Translational Research Project</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D098035" w14:textId="77777777" w:rsidR="005B057A" w:rsidRDefault="005B057A" w:rsidP="00887515">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E193FCE" w14:textId="77777777" w:rsidR="005B057A" w:rsidRDefault="005B057A" w:rsidP="00887515">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CE7B671" w14:textId="77777777" w:rsidR="005B057A" w:rsidRDefault="005B057A" w:rsidP="00887515">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2049CFFE" w14:textId="77777777" w:rsidR="005B057A" w:rsidRDefault="005B057A" w:rsidP="00887515">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="580D8D7A" w14:textId="3C13A036" w:rsidR="006A2977" w:rsidRDefault="006A2977" w:rsidP="00EE2CC9"/>
     <w:p w14:paraId="0381BE25" w14:textId="77777777" w:rsidR="001805EC" w:rsidRPr="00C64056" w:rsidRDefault="001805EC" w:rsidP="00EE2CC9"/>
     <w:p w14:paraId="3EB09F9E" w14:textId="74C7A723" w:rsidR="00FA5B94" w:rsidRPr="00C64056" w:rsidRDefault="00FA5B94" w:rsidP="00B85493">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc1320028809"/>
-      <w:bookmarkStart w:id="5" w:name="_Toc216683986"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc219792926"/>
       <w:r w:rsidRPr="00C64056">
+        <w:lastRenderedPageBreak/>
         <w:t>APPLICANT</w:t>
       </w:r>
       <w:r w:rsidR="00E92528" w:rsidRPr="00C64056">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00C64056">
         <w:t xml:space="preserve"> COLLABORATORS</w:t>
       </w:r>
       <w:r w:rsidR="00E92528" w:rsidRPr="00C64056">
         <w:t xml:space="preserve"> &amp; MENTORS</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="18E84A77" w14:textId="77777777" w:rsidR="00FA5B94" w:rsidRPr="00C64056" w:rsidRDefault="00FA5B94" w:rsidP="00C64056">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4763,51 +4843,50 @@
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C4690B0" w14:textId="77777777" w:rsidR="00B051EA" w:rsidRPr="00C819EA" w:rsidRDefault="00B051EA" w:rsidP="00B051EA">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1AAA9E0F" w14:textId="526C4F92" w:rsidR="00B051EA" w:rsidRPr="00C819EA" w:rsidRDefault="00293DFD" w:rsidP="003817D2">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C819EA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Yes, an Academic Collaborator is an individual working in an academic institution who is committed to providing a valuable intellectual and/or technical contribution to the proposed research.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69D80C11" w14:textId="77777777" w:rsidR="009D5243" w:rsidRDefault="009D5243" w:rsidP="009D5243">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>In my project I will need collaborator after 2 years. Is it possible to include the letter of support and cv from collaborator later?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2053C64A" w14:textId="77777777" w:rsidR="009D5243" w:rsidRDefault="009D5243" w:rsidP="009D5243"/>
     <w:p w14:paraId="48EABDC1" w14:textId="77777777" w:rsidR="009D5243" w:rsidRDefault="009D5243" w:rsidP="009D5243">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>Collaborator letters of support and CV must be provided with the application. The contribution of the collaborator at a designated stage in the project can be described in the research programme.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BBB2C1E" w14:textId="550B25D3" w:rsidR="00095668" w:rsidRDefault="008A429B" w:rsidP="00095668">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="008F3646">
@@ -4848,51 +4927,61 @@
       <w:r w:rsidR="00454618" w:rsidRPr="00477649">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
       <w:r w:rsidR="00454618">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="09FE019B" w14:textId="77777777" w:rsidR="00454618" w:rsidRDefault="00454618" w:rsidP="00454618"/>
     <w:p w14:paraId="5666030C" w14:textId="461EA923" w:rsidR="00454618" w:rsidRPr="00393A4E" w:rsidRDefault="00E268D6" w:rsidP="00270204">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00393A4E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Yes. The role of any Collaborators must also be referenced in the main body of the research proposal (for example: Will the Collaborators be supplying samples, data, etc.? Will the Collaborators be providing training in techniques or the use of equipment? Will the Collaborators directly participate in specific projects? Will Collaborators be acting in a purely advisory capacity?). Please see Section 3.10 of the call document for details on letters of support and Section </w:t>
+        <w:t xml:space="preserve">Yes. The role of any Collaborators must also be referenced in the main body of the research proposal (for example: Will the Collaborators be supplying samples, data, etc.? Will the Collaborators be providing training in techniques or the use of equipment? Will the Collaborators directly participate </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00393A4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">in specific projects? Will Collaborators be acting in a purely advisory capacity?). Please see Section 3.10 of the call document for details on letters of support and Section </w:t>
       </w:r>
       <w:r w:rsidR="00C67780">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>5.1</w:t>
       </w:r>
       <w:r w:rsidRPr="00393A4E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> on State Aid and </w:t>
       </w:r>
       <w:r w:rsidR="00C67780">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -4915,155 +5004,147 @@
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Do collaborators have to use the same </w:t>
       </w:r>
       <w:r w:rsidR="00BE7550">
         <w:t>Narrative</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> CV template </w:t>
       </w:r>
       <w:r w:rsidR="00BE7550">
         <w:t>as</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the applicants? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79BD3E28" w14:textId="77777777" w:rsidR="00F049AD" w:rsidRDefault="00F049AD" w:rsidP="00F049AD"/>
     <w:p w14:paraId="6C069058" w14:textId="269071DA" w:rsidR="00F049AD" w:rsidRDefault="00F049AD" w:rsidP="00F049AD">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">No, a Collaborator / Mentor CV template has been uploaded to the programme website </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidR="00D350F6" w:rsidRPr="00BB0E6C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://www.researchireland.ie/funding/pathway/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00D350F6">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00A19F8E" w14:textId="77777777" w:rsidR="002F206A" w:rsidRDefault="002F206A" w:rsidP="002F206A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Do collaborators have to be permanent staff members, or can they be experienced post-doctoral researchers for instance?</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5372B080" w14:textId="77777777" w:rsidR="002F206A" w:rsidRDefault="002F206A" w:rsidP="002F206A"/>
     <w:p w14:paraId="71E9F4E4" w14:textId="7BBEC68F" w:rsidR="002F206A" w:rsidRDefault="002F206A" w:rsidP="002F206A">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>Collaborators do not have to</w:t>
       </w:r>
       <w:r w:rsidR="00C071F7">
         <w:t xml:space="preserve"> be</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> permanent staff members, but they must provide a valuable intellectual and/or technical contribution to the proposed research.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A3EF779" w14:textId="580DB3E8" w:rsidR="00E41F2D" w:rsidRPr="002F043F" w:rsidRDefault="00E41F2D" w:rsidP="00E41F2D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="002F043F">
-        <w:t xml:space="preserve">Could applicants use a mentor that is incoming to the HEI, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> an academic that is not an employee at the time of the application, but will be an employee by the time of the award?</w:t>
+        <w:t>Could applicants use a mentor that is incoming to the HEI, i.e an academic that is not an employee at the time of the application, but will be an employee by the time of the award?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CA8C1E2" w14:textId="77777777" w:rsidR="00E41F2D" w:rsidRPr="002F043F" w:rsidRDefault="00E41F2D" w:rsidP="00E41F2D">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F043F">
         <w:t>Yes, the mentor can be an incoming researcher to the Research Body providing the Research Body Letter of Support confirms the mentor’s position and resources within the Research body.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06C52DF0" w14:textId="199C50FA" w:rsidR="00B91770" w:rsidRDefault="00B91770" w:rsidP="00C64056">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1CDB386D" w14:textId="77777777" w:rsidR="00493DC9" w:rsidRDefault="00493DC9" w:rsidP="00C64056">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="51B48D02" w14:textId="77777777" w:rsidR="00801F0E" w:rsidRPr="00C64056" w:rsidRDefault="00801F0E" w:rsidP="00C64056">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36B8AE4F" w14:textId="50B55C45" w:rsidR="0028609A" w:rsidRPr="00322890" w:rsidRDefault="004B0536" w:rsidP="00F9008A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Toc283501878"/>
-      <w:bookmarkStart w:id="7" w:name="_Toc216683987"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc219792927"/>
       <w:r w:rsidRPr="4C671687">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ELIGIBLE RESEARCH BODY</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w14:paraId="2110761D" w14:textId="06853C60" w:rsidR="00C1174C" w:rsidRPr="00C1174C" w:rsidRDefault="00C1174C" w:rsidP="00BD7FA5">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C1174C">
         <w:rPr>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Which research bodies are eligible to apply for </w:t>
       </w:r>
       <w:r w:rsidR="001033FA">
@@ -5140,51 +5221,50 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D0369">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>https://www.researchireland.ie/about/policies/eligible-research-bodies/</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2030B9D5" w14:textId="5FE0FE10" w:rsidR="00C1174C" w:rsidRPr="00C1174C" w:rsidRDefault="00C1174C" w:rsidP="00BD7FA5">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00C1174C">
-        <w:lastRenderedPageBreak/>
         <w:t>Can I submit multiple expression of interest to different Higher Education Institutes/eligible Research Bodies?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3698DFDF" w14:textId="4DD67D7E" w:rsidR="00C1174C" w:rsidRDefault="00C1174C" w:rsidP="00C1174C">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="478508FB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">You may contact as many HEIs/Eligible Research Bodies as you wish; this is a matter for you and the Research Body. Selection of candidates for the Pathway Programme Call is the responsibility of the Research Body.  However, only one </w:t>
       </w:r>
       <w:r w:rsidR="42702FEB" w:rsidRPr="478508FB">
@@ -5368,51 +5448,51 @@
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0BA38744" w14:textId="77777777" w:rsidR="00493DC9" w:rsidRPr="00C1174C" w:rsidRDefault="00493DC9" w:rsidP="00393B02">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B702E07" w14:textId="3588AAC3" w:rsidR="00FA5B94" w:rsidRPr="00C64056" w:rsidRDefault="00FA5B94" w:rsidP="00C64056">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Toc916537556"/>
-      <w:bookmarkStart w:id="9" w:name="_Toc216683988"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc219792928"/>
       <w:r w:rsidRPr="4C671687">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SALARIES AND BUDGETS</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="682463E6" w14:textId="004AC246" w:rsidR="00FC02E1" w:rsidRPr="00C64056" w:rsidRDefault="00BB3A24" w:rsidP="00C64056">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C64056">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -5475,91 +5555,51 @@
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>scale but that the university could supplement this further or not</w:t>
       </w:r>
       <w:r w:rsidR="007B6B05" w:rsidRPr="00253203">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20239D54" w14:textId="0C692B89" w:rsidR="007B6B05" w:rsidRPr="00253203" w:rsidRDefault="001208F3" w:rsidP="007B6B05">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253203">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">The successful Pathway Programme applicant must include a salary contribution from the Pathway Programme award. The contribution must align to the Experienced Postdoctoral Researcher level (Level 2B), as described more thoroughly in the Call Document. It is possible to support this with funding from additional sources however applicants should note that Pathway grants are intended to be the primary source of funding for the award holders and as such the expected time commitment to the research supported through this award should represent </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> their time to the</w:t>
+        <w:t>The successful Pathway Programme applicant must include a salary contribution from the Pathway Programme award. The contribution must align to the Experienced Postdoctoral Researcher level (Level 2B), as described more thoroughly in the Call Document. It is possible to support this with funding from additional sources however applicants should note that Pathway grants are intended to be the primary source of funding for the award holders and as such the expected time commitment to the research supported through this award should represent the majority of the time of the award holder. It is expected that award holders will dedicate almost all of their time to the</w:t>
       </w:r>
       <w:r w:rsidR="003F4C3D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00253203">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Pathway programme in the first year and the expectation is that the awardee’s commitment to the</w:t>
       </w:r>
       <w:r w:rsidR="00785C11">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -5617,153 +5657,120 @@
         <w:t>Pathway Programme</w:t>
       </w:r>
       <w:r w:rsidRPr="00A43624">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> may hold other awards in line with the guidelines discussed above. However, it should be noted that once a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Pathway Programme</w:t>
       </w:r>
       <w:r w:rsidRPr="00A43624">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> award has been granted it is </w:t>
       </w:r>
       <w:r w:rsidR="6A33379D" w:rsidRPr="0F8E6D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">intended to be the primary source of funding for the award holders and as such the expected time commitment to the research supported through this award should represent </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">intended to be the primary source of funding for the award holders and as such the expected time commitment to the research supported through this award should represent the majority of the time of the award holder. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E15A14">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Research Ireland</w:t>
+      </w:r>
       <w:r w:rsidR="6A33379D" w:rsidRPr="0F8E6D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>the majority of</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> understand that award holders will actively seek further funding for their research. It is expected that award holders will dedicate almost all of their time to the Pathway programme in the first year. In cases where further funding has been obtained, the expectation of the lead agency is that the awardee’s commitment to the Pathway grant should never drop below 50%. </w:t>
+      </w:r>
+      <w:r w:rsidR="000079F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Research Ireland</w:t>
+      </w:r>
       <w:r w:rsidR="6A33379D" w:rsidRPr="0F8E6D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the time of the award holder. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E15A14">
+        <w:t xml:space="preserve"> must be notified of any other awards won by the applicant and, where necessary, reserves the right to approve any expected changes to the applicant’s time commitments. </w:t>
+      </w:r>
+      <w:r w:rsidR="000079F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Research Ireland</w:t>
       </w:r>
       <w:r w:rsidR="6A33379D" w:rsidRPr="0F8E6D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> understand that award holders will actively seek further funding for their research. It is expected that award holders will dedicate almost </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> will also not allow award holders of</w:t>
+      </w:r>
+      <w:r w:rsidR="000079F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="6A33379D" w:rsidRPr="0F8E6D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>all of</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">Pathway grants to apply to any </w:t>
+      </w:r>
+      <w:r w:rsidR="000079F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Research Ireland </w:t>
+      </w:r>
       <w:r w:rsidR="6A33379D" w:rsidRPr="0F8E6D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> their time to the Pathway programme in the first year. In cases where further funding has been obtained, the expectation of the lead agency is that the awardee’s commitment to the Pathway grant should never drop below 50%. </w:t>
-[...55 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">programmes during the first 12 months of the award, unless specifically indicated in the relevant call documentation that it is permissible to do so. Potential applicants are advised to contact the relevant funder in advance of submission to ensure eligibility. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A083395" w14:textId="328A16A3" w:rsidR="00BE1D5B" w:rsidRDefault="00BE1D5B" w:rsidP="0F8E6D3C">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14909C8F" w14:textId="3331F1BE" w:rsidR="00AF7C09" w:rsidRDefault="00454D96" w:rsidP="00CF0E77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Is there a limit of one PhD student per Pathway Programme grant?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="738D6F57" w14:textId="39011F43" w:rsidR="00454D96" w:rsidRDefault="00454D96" w:rsidP="00F23366">
       <w:pPr>
         <w:ind w:left="720"/>
@@ -5961,107 +5968,103 @@
       <w:r w:rsidRPr="00225D1B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>0 contribution towards the annual cost of postgraduate fees, for up to four years. In cases where, prior to application, the grant applicant to the STEM-led stream has identified a highly competitive, named non</w:t>
       </w:r>
       <w:r w:rsidR="000A2007" w:rsidRPr="00225D1B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00225D1B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>EU candidate for a Masters / PhD position, they may request up to an additional €4,000 per annum over-and-above the standard (EU) fee contribution. Details of the recruitment process and the student’s credentials must be included in the application (budget justification) and the additional funding for non</w:t>
+        <w:t xml:space="preserve">EU candidate for a Masters / PhD position, they may request up to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225D1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>an additional €4,000 per annum over-and-above the standard (EU) fee contribution. Details of the recruitment process and the student’s credentials must be included in the application (budget justification) and the additional funding for non</w:t>
       </w:r>
       <w:r w:rsidR="00F760D2" w:rsidRPr="00225D1B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00225D1B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>EU fees will be granted on a case-by-case basis.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45482490" w14:textId="77777777" w:rsidR="00454D96" w:rsidRPr="00A43624" w:rsidRDefault="00454D96" w:rsidP="00454D96">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7BAF77CF" w14:textId="7015EB6D" w:rsidR="00454D96" w:rsidRPr="00A43624" w:rsidRDefault="00454D96" w:rsidP="00AF7C09">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3B562F58">
         <w:rPr>
           <w:lang w:val="en-IE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Can the postgrad student be for a </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> programme or is it mandatory to take a PhD student?</w:t>
+        <w:t>Can the postgrad student be for a Master’s programme or is it mandatory to take a PhD student?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71DC7395" w14:textId="2BE72125" w:rsidR="00454D96" w:rsidRPr="00A43624" w:rsidRDefault="00454D96" w:rsidP="00322890">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A43624">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">It is mandatory to include a PhD student in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Pathway Programme</w:t>
       </w:r>
@@ -6207,51 +6210,50 @@
       <w:r w:rsidRPr="001D6C76">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> receive funding through the grant (see the budget section for details), but the funding allocated should reflect the supporting role that such Collaborator(s) are expected to play in the research programme. The budget justification should clearly indicate where funding is apportioned to Collaborators. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BC61CA8" w14:textId="77777777" w:rsidR="00F23366" w:rsidRDefault="00F23366" w:rsidP="00F23366"/>
     <w:p w14:paraId="3A463F75" w14:textId="77777777" w:rsidR="00F23366" w:rsidRDefault="00F23366" w:rsidP="00F23366">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>Letters of support from other collaborators including International Academic collaborators, Industry, public bodies, civil society / nongovernmental organisations and other entities should provide full details of the level of financial (cash, in-kind or both) contribution to the research programme, where relevant.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1991E8E0" w14:textId="3EA66E66" w:rsidR="00290ABA" w:rsidRDefault="00290ABA" w:rsidP="00290ABA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Is the cost for MRI scans an eligible research expense?</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D9FA641" w14:textId="77777777" w:rsidR="00290ABA" w:rsidRDefault="00290ABA" w:rsidP="00290ABA"/>
     <w:p w14:paraId="40B9CD07" w14:textId="6B00E1C4" w:rsidR="00290ABA" w:rsidRDefault="00290ABA" w:rsidP="00290ABA">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Access charges may be sought for use of infrastructure where </w:t>
       </w:r>
       <w:r w:rsidR="00583F86">
         <w:t>Research Ireland</w:t>
       </w:r>
       <w:r w:rsidR="00B44802">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">pre-approved access charge plans are in place. Applicants should refer to section 3.8 of the call document and the </w:t>
       </w:r>
       <w:r w:rsidR="00583F86">
         <w:t>Research Ireland</w:t>
@@ -6339,145 +6341,116 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4C671687">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Either. However, </w:t>
       </w:r>
       <w:r w:rsidR="0097648A" w:rsidRPr="668A2667">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">applicants </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="000254BB" w:rsidRPr="668A2667">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>to</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> each stream </w:t>
+        <w:t xml:space="preserve">to each stream </w:t>
       </w:r>
       <w:r w:rsidR="0097648A" w:rsidRPr="668A2667">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>should note the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02081D03" w14:textId="66FC2FE2" w:rsidR="00D443DE" w:rsidRPr="00FB453B" w:rsidRDefault="00B92DCE" w:rsidP="0097648A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:cs="Calibri"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00D443DE" w:rsidRPr="0097648A">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:cs="Calibri"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">ifferent fees for non-EU PhD students may apply and cannot be covered from the Pathway Programme staff budget unless, prior to application, the grant applicant has identified a highly competitive, named non-EU candidate for a PhD position, in which case they may request up to an additional €4,000 per annum over-and-above the standard (EU) fee contribution. Details of the recruitment process and the </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00D443DE" w:rsidRPr="0097648A">
+        <w:t xml:space="preserve">ifferent fees for non-EU PhD students may apply and cannot be covered from the Pathway Programme staff budget unless, prior to application, the grant applicant has identified a highly competitive, named non-EU candidate for a PhD position, in which case they may request up to an additional €4,000 per annum over-and-above the standard (EU) fee contribution. Details of the recruitment process and the student’s credentials must be included in the application (budget justification) and the additional funding for non-EU fees will be granted on a case-by-case basis according to the terms and conditions of the award funder. Please refer to </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE33EB">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:cs="Calibri"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>student’s</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Research Ireland</w:t>
+      </w:r>
       <w:r w:rsidR="00D443DE" w:rsidRPr="0097648A">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:cs="Calibri"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> credentials must be included in the application (budget justification) and the additional funding for non-EU fees will be granted on a case-by-case basis according to the terms and conditions of the award funder. Please refer to </w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t>’s grant budget policy for further information.</w:t>
       </w:r>
       <w:r w:rsidR="00D443DE" w:rsidRPr="0097648A">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:cs="Calibri"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50B5C86A" w14:textId="77777777" w:rsidR="00D443DE" w:rsidRPr="001011ED" w:rsidRDefault="00D443DE" w:rsidP="006B092F">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60011E2F" w14:textId="4F740B87" w:rsidR="006B092F" w:rsidRPr="003A4F23" w:rsidRDefault="63BA78BE" w:rsidP="7CAC5D7F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -6509,71 +6482,51 @@
       <w:r w:rsidRPr="3B562F58">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DC83F3E" w14:textId="0D8E70AC" w:rsidR="006B092F" w:rsidRDefault="7A050117" w:rsidP="7CAC5D7F">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7CAC5D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Support for additional staff is not an ineligible cost for the Pathway </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> however the </w:t>
+        <w:t xml:space="preserve">Support for additional staff is not an ineligible cost for the Pathway Programme, however the </w:t>
       </w:r>
       <w:r w:rsidR="006B092F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="7CAC5D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">applicant should ensure that all costs required to deliver the Research Programme, including those </w:t>
       </w:r>
       <w:r w:rsidR="006B092F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="7CAC5D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">associated with development of the PI and PhD student, are included in the budget before </w:t>
       </w:r>
@@ -6597,69 +6550,51 @@
       </w:r>
       <w:r w:rsidRPr="7CAC5D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>context of the research proposal.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4036DAAD" w14:textId="65769D95" w:rsidR="00AF78FC" w:rsidRPr="0014113C" w:rsidRDefault="00CC0CC2" w:rsidP="00AF78FC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0014113C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">What </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> happen with the PhD student fellowship if the applicant leaves the fellowship (for instance, because they get a more permanent position in a different institution)</w:t>
+        <w:t>What would happen with the PhD student fellowship if the applicant leaves the fellowship (for instance, because they get a more permanent position in a different institution)</w:t>
       </w:r>
       <w:r w:rsidR="00AF78FC" w:rsidRPr="0014113C">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="136FEC67" w14:textId="04D09593" w:rsidR="00AF78FC" w:rsidRPr="0014113C" w:rsidRDefault="00CC0CC2" w:rsidP="00AF78FC">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0014113C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
@@ -6708,114 +6643,95 @@
       </w:r>
       <w:r w:rsidR="009935F4" w:rsidRPr="00540341">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59F24DF9" w14:textId="33DB5578" w:rsidR="0029019A" w:rsidRPr="00540341" w:rsidRDefault="0029019A" w:rsidP="3B562F58">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-IE" w:eastAsia="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00540341">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-IE" w:eastAsia="en-IE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Teaching buyout is not an eligible cost in the Pathway Programme call. It is expected that award holders will dedicate almost </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> their time to the Pathway programme in the first year and the expectation is that the awardee’s commitment to the Pathway grant should never drop below 50%.</w:t>
+        <w:t>Teaching buyout is not an eligible cost in the Pathway Programme call. It is expected that award holders will dedicate almost all of their time to the Pathway programme in the first year and the expectation is that the awardee’s commitment to the Pathway grant should never drop below 50%.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06FD2FBD" w14:textId="4492CD02" w:rsidR="006B092F" w:rsidRDefault="006B092F" w:rsidP="00E5600E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14953D1C" w14:textId="37C764A8" w:rsidR="00801F0E" w:rsidRPr="003A4F23" w:rsidRDefault="00801F0E" w:rsidP="15A2C589">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1ED748E2" w14:textId="77777777" w:rsidR="00493DC9" w:rsidRPr="00C64056" w:rsidRDefault="00493DC9" w:rsidP="00393B02">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="236CEE33" w14:textId="74FB10C4" w:rsidR="00696878" w:rsidRPr="00322890" w:rsidRDefault="00FA5B94" w:rsidP="00F9008A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Toc1918563173"/>
-      <w:bookmarkStart w:id="11" w:name="_Toc216683989"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc219792929"/>
       <w:r w:rsidRPr="4C671687">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>REMIT</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="782F87A5" w14:textId="3B1BF1D0" w:rsidR="00AF7C09" w:rsidRDefault="00DD3584" w:rsidP="00AF7C09">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AF7C09">
         <w:t>I’m not sure if my research topic falls under the programme remit – how is the remit defined?</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD3584">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21B03244" w14:textId="1017F0FC" w:rsidR="00DF62FA" w:rsidRDefault="000B091A" w:rsidP="00DF62FA">
       <w:pPr>
         <w:ind w:left="576"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B091A">
@@ -6838,101 +6754,81 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Applicants will </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF0992">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>not</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF0992">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> be asked to select a National Research </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FF0992">
+        <w:t xml:space="preserve"> be asked to select a National Research Prioritisation area but will be required to select a primary and secondary research area relevant to their research discipline. These will assist </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0997">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Prioritisation</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Research Ireland </w:t>
+      </w:r>
       <w:r w:rsidRPr="00FF0992">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> area but will be required to select a primary and secondary research area relevant to their research discipline. These will assist </w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t>in identifying appropriate reviewers.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C81DBF4" w14:textId="4F048DF1" w:rsidR="001F4C58" w:rsidRPr="00322890" w:rsidRDefault="202229CE" w:rsidP="00F9008A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="_Toc372475196"/>
-      <w:bookmarkStart w:id="13" w:name="_Toc216683990"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc219792930"/>
       <w:r w:rsidRPr="4C671687">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>REVIEW PROCESS</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="32C3597F" w14:textId="5BCC6FAD" w:rsidR="00270018" w:rsidRPr="00430A6D" w:rsidRDefault="000F3A71" w:rsidP="00270018">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00430A6D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Will reviewers receive any specific training or guidance on how to evaluate a narrative CV</w:t>
@@ -7002,50 +6898,51 @@
       </w:r>
       <w:r w:rsidR="00DB53FB" w:rsidRPr="00430A6D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62379568" w14:textId="77777777" w:rsidR="008C2EBB" w:rsidRDefault="008C2EBB" w:rsidP="00032F5D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2DDDD554" w14:textId="77777777" w:rsidR="00DA2239" w:rsidRDefault="00DA2239" w:rsidP="00DA2239">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Do you get feedback even if you are not selected for stage 2?</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="324DC897" w14:textId="77777777" w:rsidR="00DA2239" w:rsidRDefault="00DA2239" w:rsidP="00DA2239"/>
     <w:p w14:paraId="6D1510DC" w14:textId="77777777" w:rsidR="00DA2239" w:rsidRDefault="00DA2239" w:rsidP="007936F8">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>Applicants that are not progressing to Stage 2 will be informed that their application was unsuccessful and will receive anonymous reviewer comments.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F7A31BB" w14:textId="703C0BAA" w:rsidR="007936F8" w:rsidRPr="0052409B" w:rsidRDefault="007936F8" w:rsidP="007936F8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="0052409B">
         <w:t xml:space="preserve">Has there been any previous calls and what was the success rate? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DD2B996" w14:textId="4701768B" w:rsidR="007936F8" w:rsidRPr="003A4F23" w:rsidRDefault="007936F8" w:rsidP="001D4FBB">
       <w:pPr>
@@ -7083,51 +6980,51 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41A2FC8D" w14:textId="5C95CF03" w:rsidR="00182978" w:rsidRPr="006417FF" w:rsidRDefault="006F5068" w:rsidP="00F9008A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_Toc831388204"/>
-      <w:bookmarkStart w:id="15" w:name="_Toc216683991"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc219792931"/>
       <w:r w:rsidRPr="4C671687">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>APPLICATION PREPARATION</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="5B2533F5" w14:textId="77777777" w:rsidR="00725E85" w:rsidRDefault="00725E85" w:rsidP="00725E85">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Is the inclusion of a PhD researcher under the supervision of the applicant mandatory for all applications (including in AHSS)?</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D47379E" w14:textId="6472CA8F" w:rsidR="00725E85" w:rsidRDefault="00725E85" w:rsidP="00725E85">
       <w:pPr>
         <w:ind w:firstLine="720"/>
@@ -7141,51 +7038,50 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Is teaching permitted and/or recommended during funding?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AD7951E" w14:textId="77777777" w:rsidR="00D358E4" w:rsidRDefault="00D358E4" w:rsidP="00D358E4"/>
     <w:p w14:paraId="3B808CB2" w14:textId="77777777" w:rsidR="00D358E4" w:rsidRDefault="00D358E4" w:rsidP="00D358E4">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>It is understood that successful awardees may undertake some teaching duties to gain experience however these should be minimal and not detract from the research programme. The Research Body Letter of Support must outline the measures that will be taken to ensure that the candidate is not overburdened with teaching commitments in the early part of their appointment and should describe the candidate’s maximum teaching commitment, if successful.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A740DA5" w14:textId="77777777" w:rsidR="004A56D3" w:rsidRDefault="004A56D3" w:rsidP="00D358E4">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4918A18D" w14:textId="77777777" w:rsidR="00095668" w:rsidRDefault="00095668" w:rsidP="00095668">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Should the percentage of workload be divided between the applicant and the PhD student? Or can the applicant have 100 % of the workload?</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="50FA6B2C" w14:textId="77777777" w:rsidR="00095668" w:rsidRDefault="00095668" w:rsidP="00095668"/>
     <w:p w14:paraId="31EE65BB" w14:textId="523E047F" w:rsidR="00095668" w:rsidRDefault="00095668" w:rsidP="00095668">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>The research programme should clearly delineate the role of the applicant, PhD student and collaborators</w:t>
       </w:r>
       <w:r w:rsidR="00C01CB6">
         <w:t xml:space="preserve"> and the </w:t>
       </w:r>
       <w:r w:rsidR="004941E0">
         <w:t xml:space="preserve">PhD student will require a defined programme of work </w:t>
       </w:r>
       <w:r w:rsidR="00986FFE">
         <w:t>that is appropriate for completion of a PhD.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="621E7C97" w14:textId="77777777" w:rsidR="00B008D1" w:rsidRDefault="00B008D1" w:rsidP="00B008D1">
@@ -7226,50 +7122,51 @@
     <w:p w14:paraId="567A1357" w14:textId="77777777" w:rsidR="0012361D" w:rsidRDefault="0012361D" w:rsidP="0012361D">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>The concepts described in the research programme should be novel and the applicant should ensure that the novelty of the approach is clearly explained with reference to the state of the art. When reviewing the research programme, reviewers are asked to consider the suitability and achievability of the programme based on the experience of the applicant. In addition, when rating the applicant, reviewers are asked to consider whether the expertise and experience of the applicant is appropriate. Applicants should consider these criteria when preparing their research proposal.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CE0BB98" w14:textId="77777777" w:rsidR="00270204" w:rsidRDefault="00270204" w:rsidP="00270204">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>How important is the presence of preliminary data in the application?</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="44897336" w14:textId="77777777" w:rsidR="00270204" w:rsidRDefault="00270204" w:rsidP="00270204"/>
     <w:p w14:paraId="6815B2E9" w14:textId="77777777" w:rsidR="00270204" w:rsidRDefault="00270204" w:rsidP="00270204">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>The application should also include relevant preliminary data, if available. This can take the form of (a) supporting reference(s) from the applicants’ previous research, or (b) a summary of results where the data has yet to be published. In the latter case, this should be included within the research programme as evidence that the applicant has a track record in the field of the proposed research.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6581718B" w14:textId="77777777" w:rsidR="00A00E0B" w:rsidRPr="002F043F" w:rsidRDefault="00A00E0B" w:rsidP="00A00E0B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="002F043F">
         <w:t>Can you give more details about stakeholder engagement? What level is expected?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31EDC740" w14:textId="77777777" w:rsidR="00A00E0B" w:rsidRDefault="00A00E0B" w:rsidP="00A00E0B">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r w:rsidRPr="002F043F">
         <w:t>Stakeholder engagement should be appropriate to the research proposal and can be articulated in the research programme and impact statement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CA71DE5" w14:textId="77777777" w:rsidR="00BF40D4" w:rsidRDefault="00BF40D4" w:rsidP="00BF40D4"/>
     <w:p w14:paraId="45D50B6B" w14:textId="77777777" w:rsidR="00BF40D4" w:rsidRDefault="00BF40D4" w:rsidP="00BF40D4">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
@@ -7325,71 +7222,51 @@
       <w:r w:rsidR="00E67D45" w:rsidRPr="00793C51">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Value</w:t>
       </w:r>
       <w:r w:rsidR="00A20E3E" w:rsidRPr="00793C51">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> to Ireland</w:t>
       </w:r>
       <w:r w:rsidR="00E67D45" w:rsidRPr="00793C51">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> assessed on commercial grounds or </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> academic factors such as enabling further </w:t>
+        <w:t xml:space="preserve"> assessed on commercial grounds or on the basis of academic factors such as enabling further </w:t>
       </w:r>
       <w:r w:rsidR="00AA24F1" w:rsidRPr="00793C51">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>research?</w:t>
       </w:r>
       <w:r w:rsidR="00E67D45" w:rsidRPr="00793C51">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002B5899" w:rsidRPr="00793C51">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -7439,110 +7316,80 @@
       <w:r w:rsidRPr="00793C51">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">The Impact Statement should describe the potential benefits of the proposed research including (but not limited to) societal, economic, cultural, knowledge, political, health, technological, environmental and educational impacts. </w:t>
       </w:r>
       <w:r w:rsidR="008E7A8F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Research Ireland</w:t>
       </w:r>
       <w:r w:rsidRPr="00793C51">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> recognise a range of </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> recognise a range of impacts and it is understood that impact at an international level will likely have a potential value to Ireland. For more information and guidance on how to successfully articulate impact, detailed information including a webinar on research impact is available on the </w:t>
+      </w:r>
+      <w:r w:rsidR="008E7A8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Research</w:t>
+      </w:r>
+      <w:r w:rsidR="008E791C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ireland </w:t>
+      </w:r>
       <w:r w:rsidRPr="00793C51">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>impacts</w:t>
-[...45 lines deleted...]
-        </w:rPr>
         <w:t>website (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidR="00430BC1" w:rsidRPr="00793C51">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:szCs w:val="22"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://www.sfi.ie/funding/award-management/research-impact/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00793C51">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12CF4BEA" w14:textId="63AB7A33" w:rsidR="00430BC1" w:rsidRPr="00162579" w:rsidRDefault="00430BC1" w:rsidP="00430BC1">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
@@ -7586,118 +7433,98 @@
       <w:r w:rsidRPr="00162579">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Applicant's will be required to select a primary and secondary research area relevant to their research discipline. These will assist </w:t>
       </w:r>
       <w:r w:rsidR="00CE3B84">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Research Ireland</w:t>
       </w:r>
       <w:r w:rsidRPr="00162579">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in identifying appropriate reviewers. Applicants will also </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> provide keywords appropriate for their application and </w:t>
+        <w:t xml:space="preserve"> in identifying appropriate reviewers. Applicants will also have the opportunity to provide keywords appropriate for their application and </w:t>
       </w:r>
       <w:r w:rsidR="00CE3B84">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Research Ireland</w:t>
       </w:r>
       <w:r w:rsidRPr="00162579">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> programme staff will consider the details of the full proposal (abstract, keywords, etc.) when sourcing appropriate reviewers.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66438695" w14:textId="77777777" w:rsidR="00D25161" w:rsidRDefault="00D25161" w:rsidP="00801F0E">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61CACD42" w14:textId="77777777" w:rsidR="00D9160F" w:rsidRPr="001011ED" w:rsidRDefault="00D9160F" w:rsidP="00801F0E">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5BFE8908" w14:textId="5BFA4A65" w:rsidR="00861E62" w:rsidRPr="00C64056" w:rsidRDefault="00861E62" w:rsidP="00C64056">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="_Toc47608685"/>
       <w:bookmarkStart w:id="17" w:name="_Toc1016521209"/>
-      <w:bookmarkStart w:id="18" w:name="_Toc216683992"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc219792932"/>
       <w:r w:rsidRPr="4C671687">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>POLICY</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
     <w:p w14:paraId="64FB7C2C" w14:textId="1144A538" w:rsidR="00861E62" w:rsidRPr="00C64056" w:rsidRDefault="00861E62" w:rsidP="0073034D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00C64056">
         <w:t>Do open access publications refer only to research outputs published in open-access journals, or will deposition in access repositories be permissible as well?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EDC896F" w14:textId="74EEBF4F" w:rsidR="00AC66E4" w:rsidRDefault="00D26AB5" w:rsidP="00541405">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="720"/>
@@ -7882,65 +7709,51 @@
     </w:p>
     <w:p w14:paraId="3B2ACF4F" w14:textId="7D340081" w:rsidR="00861E62" w:rsidRPr="00C64056" w:rsidRDefault="00861E62" w:rsidP="00AF7C09">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C64056">
         <w:rPr>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Is the</w:t>
       </w:r>
       <w:r w:rsidRPr="00C64056">
         <w:rPr>
           <w:iCs/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> sex and/or</w:t>
       </w:r>
       <w:r w:rsidRPr="00C64056">
         <w:rPr>
           <w:lang w:val="en-IE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> gender statement only in relation to gender issues in your proposed research i.e. using animals of both gender if relevant etc., </w:t>
-[...13 lines deleted...]
-        <w:t>, does it also refer to the gender balance of the research team etc</w:t>
+        <w:t xml:space="preserve"> gender statement only in relation to gender issues in your proposed research i.e. using animals of both gender if relevant etc., or, does it also refer to the gender balance of the research team etc</w:t>
       </w:r>
       <w:r w:rsidRPr="478508FB">
         <w:rPr>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="04EAFBB3" w:rsidRPr="478508FB">
         <w:rPr>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="745FE050" w14:textId="77777777" w:rsidR="00861E62" w:rsidRPr="00C64056" w:rsidRDefault="00861E62" w:rsidP="00C64056">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
@@ -7990,51 +7803,51 @@
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="703D4D00" w14:textId="605623AE" w:rsidR="00861E62" w:rsidRPr="00C64056" w:rsidRDefault="00861E62" w:rsidP="00C64056">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C64056">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>All applicants must complete a statement articulating the consideration of biological sex and/or social gender variables in their proposed research programme. Applicants must consider how the sex and/or gender dimension impacts your research. Please consult the Guidance for Applicants on Ethical and Scientific Issues (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00C64056">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://www.sfi.ie/funding/sfi-policies-and-guidance/ethical-and-scientific-issues/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C64056">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) for resources on how to address the sex and/or gender dimension of research in your grant. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7ABFE472" w14:textId="77777777" w:rsidR="00861E62" w:rsidRPr="00C64056" w:rsidRDefault="00861E62" w:rsidP="00C64056">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -8071,79 +7884,70 @@
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>How should an Applicant prepare a “Sex and/or Gender in Research” Statement for an Engineering Project?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p w14:paraId="7DA8AF3B" w14:textId="63A3A980" w:rsidR="00861E62" w:rsidRPr="00C64056" w:rsidRDefault="00861E62" w:rsidP="00C64056">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C64056">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>The gender dimension of a particular research project is one that you, as the Applicant, should consider, perhaps by consulting relevant literature and guidance for the subject matter of your proposed research project. There are a number of excellent papers such as Cara Tannenbaum’s ‘Sex and Gender Analysis Improves Science and Engineering (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId23" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00C64056">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>DOI: 10.1038/s41586-019-1657-6</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C64056">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
-        <w:t xml:space="preserve">) which describe areas of scientific and engineering endeavour that failed to address the gender dimension, and hence are considered flawed – most notably ‘crash test dummies’ which were developed for an ‘average male size’ - this is an excellent engineering example. You may also wish to consult the ‘Gendered Innovations in Science, Health &amp; Medicine and Engineering’ website </w:t>
-[...10 lines deleted...]
-      <w:hyperlink r:id="rId22" w:history="1">
+        <w:t>) which describe areas of scientific and engineering endeavour that failed to address the gender dimension, and hence are considered flawed – most notably ‘crash test dummies’ which were developed for an ‘average male size’ - this is an excellent engineering example. You may also wish to consult the ‘Gendered Innovations in Science, Health &amp; Medicine and Engineering’ website (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="00C64056">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-IE"/>
           </w:rPr>
           <w:t>http://genderedinnovations.stanford.edu/index.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C64056">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>) which contains a range of useful resources regarding best practice for sex and/or gender considerations in research.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E305231" w14:textId="31573C7F" w:rsidR="00861E62" w:rsidRPr="00C64056" w:rsidRDefault="00861E62" w:rsidP="00AF7C09">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="en-IE"/>
         </w:rPr>
@@ -8162,83 +7966,51 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C64056">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The Sex and/or Gender Dimension Question is a mandatory field and is scored as part of the “Quality, significance</w:t>
       </w:r>
       <w:r w:rsidR="00541405">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r w:rsidRPr="00C64056">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> novelty of the research plan”. A statement must be provided regardless of whether a ‘</w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> or ‘no’ response to this question. Please see </w:t>
+        <w:t xml:space="preserve"> novelty of the research plan”. A statement must be provided regardless of whether a ‘yes’ or ‘no’ response is provided. What will influence the overall scoring of this statement is how effectively the applicant justifies a ‘yes’ or ‘no’ response to this question. Please see </w:t>
       </w:r>
       <w:r w:rsidR="004E144F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="004E144F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref69987191 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="004E144F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="004E144F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
@@ -8290,174 +8062,131 @@
     </w:p>
     <w:p w14:paraId="3B6BC52F" w14:textId="462E5242" w:rsidR="000B11D8" w:rsidRDefault="00861E62" w:rsidP="6585E012">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6585E012">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">The narrative CV provides an opportunity for applicants to discuss their wider contribution to research under </w:t>
       </w:r>
       <w:r w:rsidR="00A90DC2" w:rsidRPr="6585E012">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">four </w:t>
       </w:r>
       <w:r w:rsidRPr="6585E012">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve">specific categories: 1. Generation of Knowledge; 2. Development of Individuals and Collaborations; 3. Supporting Broader Society &amp; the Economy </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> these categories – please see Appendix A ‘Questions Pertaining to Applicant(s)’ in the </w:t>
+        <w:t xml:space="preserve">specific categories: 1. Generation of Knowledge; 2. Development of Individuals and Collaborations; 3. Supporting Broader Society &amp; the Economy and; 4. Supporting the Research Community. Reviewers are asked to assess the applicant based on the detail provided in all of these categories – please see Appendix A ‘Questions Pertaining to Applicant(s)’ in the </w:t>
       </w:r>
       <w:r w:rsidR="00541405" w:rsidRPr="6585E012">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">Pathway programme </w:t>
       </w:r>
       <w:r w:rsidRPr="6585E012">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>call document for additional information on how research outputs other than publications are considered.</w:t>
       </w:r>
       <w:r w:rsidR="00541405" w:rsidRPr="6585E012">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A028728" w14:textId="77777777" w:rsidR="000B11D8" w:rsidRDefault="000B11D8" w:rsidP="006417FF">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27D6ACB9" w14:textId="3078813B" w:rsidR="00861E62" w:rsidRPr="00C64056" w:rsidRDefault="000B11D8" w:rsidP="006417FF">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>The aim of this section is to enable a rounded recognition of your career to date by providing a holistic overview of your academic and professional profile.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00541405" w:rsidRPr="00541405">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The understanding is that applicants </w:t>
       </w:r>
       <w:r w:rsidR="00541405">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
       <w:r w:rsidR="00541405" w:rsidRPr="00541405">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> not necessarily have experience under </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> these headings. The information provided will be assessed in the overall context of your career stage and the objectives of this programme.</w:t>
+        <w:t xml:space="preserve"> not necessarily have experience under all of these headings. The information provided will be assessed in the overall context of your career stage and the objectives of this programme.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71ACEFF3" w14:textId="192DEA8C" w:rsidR="00861E62" w:rsidRPr="00C64056" w:rsidRDefault="00861E62" w:rsidP="00AF7C09">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C64056">
         <w:rPr>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>In terms of the DORA guidelines for the CV is it possible to mention citation numbers of selected publications?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2140344E" w14:textId="7BD6C172" w:rsidR="006B6FCC" w:rsidRPr="00E327C4" w:rsidRDefault="00861E62" w:rsidP="6585E012">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6585E012">
@@ -8483,361 +8212,303 @@
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00515269" w:rsidRPr="00515269">
         <w:t>https://www.researchireland.ie/funding/pathway/</w:t>
       </w:r>
       <w:r w:rsidR="00541405" w:rsidRPr="6585E012">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">).  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69683BC7" w14:textId="5C8FE845" w:rsidR="00E327C4" w:rsidRPr="00E327C4" w:rsidRDefault="00E327C4" w:rsidP="00AF7C09">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E327C4">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">What specific metrics are on the banned list?  E.g. the template specifically mentions H-index, i10-index, G-index, H(2)-index, HG-index, Q2-index, AR-index, M-quotient, M-index, W-index, </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">-index, E-index, A-index, R-index, W-index, J-index but are other publication metrics such as Citations per Publication allowed? </w:t>
+        <w:t xml:space="preserve">What specific metrics are on the banned list?  E.g. the template specifically mentions H-index, i10-index, G-index, H(2)-index, HG-index, Q2-index, AR-index, M-quotient, M-index, W-index, Hw-index, E-index, A-index, R-index, W-index, J-index but are other publication metrics such as Citations per Publication allowed? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="105F1564" w14:textId="5CB704B7" w:rsidR="00E327C4" w:rsidRPr="00E327C4" w:rsidRDefault="00E327C4" w:rsidP="006417FF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="222222"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E327C4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="222222"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">In keeping with DORA principles, no journal-based metrics, such as journal Impact Factors etc., will be used as a surrogate measure of the quality of individual research articles, when assessing an applicant’s or co-applicant’s scientific contributions. As such, all journal and publication metrics, </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> publication citations, will not be permitted and inclusion of which may result in an application being deemed ineligible. </w:t>
+        <w:t xml:space="preserve">In keeping with DORA principles, no journal-based metrics, such as journal Impact Factors etc., will be used as a surrogate measure of the quality of individual research articles, when assessing an applicant’s or co-applicant’s scientific contributions. As such, all journal and publication metrics, with the exception of publication citations, will not be permitted and inclusion of which may result in an application being deemed ineligible. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AC44963" w14:textId="17CE7EE7" w:rsidR="00E327C4" w:rsidRPr="00E327C4" w:rsidRDefault="00E327C4" w:rsidP="00AF7C09">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E327C4">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Can metrics on funding, teaching and innovation be used on the CV?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04172172" w14:textId="4438963B" w:rsidR="00E327C4" w:rsidRPr="00E327C4" w:rsidRDefault="00E327C4" w:rsidP="6585E012">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:color w:val="222222"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6585E012">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:color w:val="222222"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Part of the application process mandates that the Applicant’s provide a report on current, pending and expired research funding. Additionally, in keeping with DORA principles, applicants are asked to describe the wider impact of their research by detailing the significance and/or impact of up to 3 key achievements across four prescribed categories (see </w:t>
       </w:r>
       <w:r w:rsidRPr="6585E012">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>narrative CV Template</w:t>
       </w:r>
       <w:r w:rsidRPr="6585E012">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:color w:val="222222"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">). This includes but is not limited to, academic activities (e.g. teaching) in the “Development of Individuals” as well as innovation </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="6585E012">
+        <w:t xml:space="preserve">). This includes but is not limited to, academic activities (e.g. teaching) in the “Development of Individuals” as well as innovation and commercialisation activities (e.g. verified invention disclosures, patents, license etc.) in the “Generation of Knowledge”. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="066ABB8E" w14:textId="294DDA49" w:rsidR="00E327C4" w:rsidRPr="00E327C4" w:rsidRDefault="00E327C4" w:rsidP="00AF7C09">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E327C4">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Can collaboration (co-authorship) metrics be used on the CV?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AEA2BFA" w14:textId="300CFB1E" w:rsidR="00E327C4" w:rsidRPr="00E327C4" w:rsidRDefault="00E327C4" w:rsidP="006417FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="222222"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E327C4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="222222"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>It is permitted to refer to the contributions an applicant has made to the success of a collaboration(s) as well as describing the significance and/or impact of a collaboration in the “Generation of Knowledge</w:t>
+      </w:r>
+      <w:r w:rsidR="00F70770">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="222222"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E327C4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="222222"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> section of the CV, including but not limited to, publications, innovation and commercialisation activity, software, and open data sets. However, in keeping with DORA principles, referring to the total number of collaborative publications and associated journal and publication metrics are not permitted.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64A5FD12" w14:textId="3DF12C4D" w:rsidR="00E327C4" w:rsidRPr="00E327C4" w:rsidRDefault="00E327C4" w:rsidP="00AF7C09">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E327C4">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Can links to other information be included on the CV e.g. links to institutional profile; ResearchGate; Google Scholar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="156087FF" w14:textId="3FDFCEAB" w:rsidR="00E327C4" w:rsidRPr="00E327C4" w:rsidRDefault="00E327C4" w:rsidP="6585E012">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:color w:val="222222"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...75 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004B5D65">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:color w:val="222222"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="004B5D65">
+        <w:t>The use of hyperlinks and URLs are not permitted to provide additional information, which would be necessary for application review. This includes links to applicant’s institutional profile, ResearchGate, Google Scholar etc., which would provide additional information to that already provided in the standardised narrative CV template used by all applicants.</w:t>
+      </w:r>
+      <w:r w:rsidR="004B5D65" w:rsidRPr="004B5D65">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:color w:val="222222"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>The use of hyperlinks and URLs are not permitted to provide additional information, which would be necessary for application review. This includes links to applicant’s institutional profile, ResearchGate, Google Scholar etc., which would provide additional information to that already provided in the standardised narrative CV template used by all applicants.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004B5D65" w:rsidRPr="004B5D65">
+        <w:t xml:space="preserve"> Furthermore, the use of hyperlinks and URLs to provide additional information on submitted Narrative CVs is not permitted.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B5D65">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:color w:val="222222"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Furthermore, the use of hyperlinks and URLs to provide additional information on submitted Narrative CVs is not permitted.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004B5D65">
+        <w:t xml:space="preserve"> Further information regarding the use of hyperlinks is detailed in </w:t>
+      </w:r>
+      <w:r w:rsidR="00806A94" w:rsidRPr="004B5D65">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:color w:val="222222"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Further information regarding the use of hyperlinks is detailed in </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00806A94" w:rsidRPr="004B5D65">
+        <w:t xml:space="preserve">the Call Document for </w:t>
+      </w:r>
+      <w:r w:rsidR="00C2525B" w:rsidRPr="004B5D65">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:color w:val="222222"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">the Call Document for </w:t>
-[...4 lines deleted...]
-          <w:color w:val="222222"/>
+        <w:t>the Pathway Programme.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="334E0632" w14:textId="4D789065" w:rsidR="00E327C4" w:rsidRPr="00E327C4" w:rsidRDefault="00E327C4" w:rsidP="00444DD3">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>the Pathway Programme.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E327C4">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>How will the CVs be utilised in the evaluation process?  For example, will the CVs be used to ascertain capacity and experience to carry out the proposed project?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D76A11F" w14:textId="77777777" w:rsidR="00FB4205" w:rsidRPr="00C64056" w:rsidRDefault="00E327C4" w:rsidP="00FB4205">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E327C4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="222222"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Reviewers are asked to comment on the quality, significance and relevance of the applicant’s key achievements and research track record as demonstrated in the CV(s) provided, commensurate with career stage with regard to individual categories in the CV(s): 1) Generation of Knowledge; 2) Development of Individuals and Collaborations; 3) Supporting Broader Society &amp; the Economy, and; 4) Supporting the Research Community. </w:t>
       </w:r>
       <w:r w:rsidR="00FB4205" w:rsidRPr="00541405">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The understanding is that applicants </w:t>
       </w:r>
       <w:r w:rsidR="00FB4205">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
       <w:r w:rsidR="00FB4205" w:rsidRPr="00541405">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> not necessarily have experience under </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> these headings. The information provided will be assessed in the overall context of your career stage and the objectives of this programme.</w:t>
+        <w:t xml:space="preserve"> not necessarily have experience under all of these headings. The information provided will be assessed in the overall context of your career stage and the objectives of this programme.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="714B825C" w14:textId="77777777" w:rsidR="00284ADC" w:rsidRPr="00E327C4" w:rsidRDefault="00284ADC" w:rsidP="00FB4205">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="222222"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="11101B67" w14:textId="75F2F4B8" w:rsidR="00E327C4" w:rsidRPr="00E327C4" w:rsidRDefault="00E327C4" w:rsidP="006417FF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="222222"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
@@ -8881,112 +8552,92 @@
       <w:r w:rsidRPr="00E327C4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="222222"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> used in the evaluation process to assess the individuals track record as well as </w:t>
       </w:r>
       <w:r w:rsidR="00541405">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="222222"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>research</w:t>
       </w:r>
       <w:r w:rsidRPr="00E327C4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="222222"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> productivity and competency </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> the proposed research programme and his/her ability to successfully deliver on the proposed project.</w:t>
+        <w:t xml:space="preserve"> productivity and competency with regard to the proposed research programme and his/her ability to successfully deliver on the proposed project.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19307DBB" w14:textId="030F0B5D" w:rsidR="00C052C7" w:rsidRPr="00D2691D" w:rsidRDefault="00C052C7" w:rsidP="00D2691D">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C052C7" w:rsidRPr="00D2691D" w:rsidSect="005F2A48">
-      <w:headerReference w:type="even" r:id="rId23"/>
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId27"/>
+      <w:headerReference w:type="even" r:id="rId25"/>
+      <w:headerReference w:type="default" r:id="rId26"/>
+      <w:footerReference w:type="default" r:id="rId27"/>
+      <w:headerReference w:type="first" r:id="rId28"/>
+      <w:footerReference w:type="first" r:id="rId29"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1135" w:right="924" w:bottom="1276" w:left="1247" w:header="1474" w:footer="593" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="35C82CFF" w14:textId="77777777" w:rsidR="00702E1D" w:rsidRDefault="00702E1D">
+    <w:p w14:paraId="5BE71992" w14:textId="77777777" w:rsidR="00795184" w:rsidRDefault="00795184">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="66E65F2C" w14:textId="77777777" w:rsidR="00702E1D" w:rsidRDefault="00702E1D">
+    <w:p w14:paraId="0B7ADA79" w14:textId="77777777" w:rsidR="00795184" w:rsidRDefault="00795184">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="178F8B97" w14:textId="77777777" w:rsidR="00702E1D" w:rsidRDefault="00702E1D"/>
+    <w:p w14:paraId="6780C609" w14:textId="77777777" w:rsidR="00795184" w:rsidRDefault="00795184"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -9275,65 +8926,65 @@
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3245" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="0227D7A5" w14:textId="5EA9401F" w:rsidR="12D2E600" w:rsidRDefault="12D2E600" w:rsidP="12D2E600">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="722E7662" w14:textId="4B68464A" w:rsidR="12D2E600" w:rsidRDefault="12D2E600" w:rsidP="12D2E600">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="435BE2C0" w14:textId="77777777" w:rsidR="00702E1D" w:rsidRDefault="00702E1D">
+    <w:p w14:paraId="7E4E2BF7" w14:textId="77777777" w:rsidR="00795184" w:rsidRDefault="00795184">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7CA1559F" w14:textId="77777777" w:rsidR="00702E1D" w:rsidRDefault="00702E1D">
+    <w:p w14:paraId="5D4BAF66" w14:textId="77777777" w:rsidR="00795184" w:rsidRDefault="00795184">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4E93AD72" w14:textId="77777777" w:rsidR="00702E1D" w:rsidRDefault="00702E1D"/>
+    <w:p w14:paraId="52A888A6" w14:textId="77777777" w:rsidR="00795184" w:rsidRDefault="00795184"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="18926567" w14:textId="60614652" w:rsidR="00C25AC0" w:rsidRDefault="00E22AEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="2B579A"/>
         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6FE29ADD" wp14:editId="0D83457A">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:align>center</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="margin">
             <wp:align>center</wp:align>
@@ -13002,51 +12653,50 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="756637206">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="460422584">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1714960556">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="4"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
@@ -13156,50 +12806,51 @@
     <w:rsid w:val="0005502A"/>
     <w:rsid w:val="000564ED"/>
     <w:rsid w:val="00056B0B"/>
     <w:rsid w:val="000574CA"/>
     <w:rsid w:val="00057A58"/>
     <w:rsid w:val="00060854"/>
     <w:rsid w:val="000613CA"/>
     <w:rsid w:val="00061AFA"/>
     <w:rsid w:val="00061D5C"/>
     <w:rsid w:val="00061E9E"/>
     <w:rsid w:val="0006233C"/>
     <w:rsid w:val="000634BC"/>
     <w:rsid w:val="00063ADC"/>
     <w:rsid w:val="000649C8"/>
     <w:rsid w:val="00064FF2"/>
     <w:rsid w:val="00065B8E"/>
     <w:rsid w:val="000666B5"/>
     <w:rsid w:val="00066D86"/>
     <w:rsid w:val="00066EDC"/>
     <w:rsid w:val="00067D51"/>
     <w:rsid w:val="00067DBA"/>
     <w:rsid w:val="00071040"/>
     <w:rsid w:val="000719A6"/>
     <w:rsid w:val="00072ED7"/>
     <w:rsid w:val="00072FCC"/>
+    <w:rsid w:val="00074492"/>
     <w:rsid w:val="000744A3"/>
     <w:rsid w:val="000748E0"/>
     <w:rsid w:val="00074F09"/>
     <w:rsid w:val="00074FCB"/>
     <w:rsid w:val="000750CD"/>
     <w:rsid w:val="00075E4E"/>
     <w:rsid w:val="00076D7C"/>
     <w:rsid w:val="00076FB2"/>
     <w:rsid w:val="00080B1C"/>
     <w:rsid w:val="00080C37"/>
     <w:rsid w:val="0008124B"/>
     <w:rsid w:val="000816DC"/>
     <w:rsid w:val="00081B1E"/>
     <w:rsid w:val="00082536"/>
     <w:rsid w:val="000825B9"/>
     <w:rsid w:val="00082AE0"/>
     <w:rsid w:val="00084FD9"/>
     <w:rsid w:val="00086997"/>
     <w:rsid w:val="00086CEE"/>
     <w:rsid w:val="00086D17"/>
     <w:rsid w:val="000874DA"/>
     <w:rsid w:val="00087EC5"/>
     <w:rsid w:val="00090372"/>
     <w:rsid w:val="0009048D"/>
     <w:rsid w:val="00090F99"/>
@@ -13927,50 +13578,51 @@
     <w:rsid w:val="00361882"/>
     <w:rsid w:val="0036308C"/>
     <w:rsid w:val="00363706"/>
     <w:rsid w:val="00364133"/>
     <w:rsid w:val="003652DD"/>
     <w:rsid w:val="00365491"/>
     <w:rsid w:val="003656E1"/>
     <w:rsid w:val="00365796"/>
     <w:rsid w:val="00366397"/>
     <w:rsid w:val="00367728"/>
     <w:rsid w:val="00367FCE"/>
     <w:rsid w:val="0037015D"/>
     <w:rsid w:val="003701CB"/>
     <w:rsid w:val="003702A9"/>
     <w:rsid w:val="003705A2"/>
     <w:rsid w:val="00370AF1"/>
     <w:rsid w:val="00370D98"/>
     <w:rsid w:val="00371307"/>
     <w:rsid w:val="00371560"/>
     <w:rsid w:val="00372087"/>
     <w:rsid w:val="003720AF"/>
     <w:rsid w:val="0037229A"/>
     <w:rsid w:val="00372BED"/>
     <w:rsid w:val="003736ED"/>
     <w:rsid w:val="00373A9E"/>
+    <w:rsid w:val="00373AA0"/>
     <w:rsid w:val="00374EC9"/>
     <w:rsid w:val="003750B0"/>
     <w:rsid w:val="00375B5A"/>
     <w:rsid w:val="00375F21"/>
     <w:rsid w:val="00376086"/>
     <w:rsid w:val="003763F6"/>
     <w:rsid w:val="003766BD"/>
     <w:rsid w:val="003766CD"/>
     <w:rsid w:val="00376822"/>
     <w:rsid w:val="00376E5B"/>
     <w:rsid w:val="0038006F"/>
     <w:rsid w:val="00380411"/>
     <w:rsid w:val="00380966"/>
     <w:rsid w:val="0038115A"/>
     <w:rsid w:val="003817D2"/>
     <w:rsid w:val="00381C46"/>
     <w:rsid w:val="003826E2"/>
     <w:rsid w:val="003830DF"/>
     <w:rsid w:val="00383425"/>
     <w:rsid w:val="0038351F"/>
     <w:rsid w:val="0038352D"/>
     <w:rsid w:val="00383D2F"/>
     <w:rsid w:val="00384A63"/>
     <w:rsid w:val="00385262"/>
     <w:rsid w:val="003856BA"/>
@@ -14500,50 +14152,51 @@
     <w:rsid w:val="005917F2"/>
     <w:rsid w:val="00591A7C"/>
     <w:rsid w:val="00591CA8"/>
     <w:rsid w:val="005920BB"/>
     <w:rsid w:val="00592304"/>
     <w:rsid w:val="00592736"/>
     <w:rsid w:val="005930A7"/>
     <w:rsid w:val="00593A08"/>
     <w:rsid w:val="00593C3C"/>
     <w:rsid w:val="00594924"/>
     <w:rsid w:val="00594B60"/>
     <w:rsid w:val="005A36DF"/>
     <w:rsid w:val="005A3D1C"/>
     <w:rsid w:val="005A468F"/>
     <w:rsid w:val="005A46F5"/>
     <w:rsid w:val="005A52AF"/>
     <w:rsid w:val="005A5549"/>
     <w:rsid w:val="005A584D"/>
     <w:rsid w:val="005A5856"/>
     <w:rsid w:val="005A64C3"/>
     <w:rsid w:val="005A77A9"/>
     <w:rsid w:val="005A7AB3"/>
     <w:rsid w:val="005A7E6F"/>
     <w:rsid w:val="005B0237"/>
     <w:rsid w:val="005B0429"/>
+    <w:rsid w:val="005B057A"/>
     <w:rsid w:val="005B08A1"/>
     <w:rsid w:val="005B1064"/>
     <w:rsid w:val="005B1E3A"/>
     <w:rsid w:val="005B1EE4"/>
     <w:rsid w:val="005B2E5E"/>
     <w:rsid w:val="005B2F1A"/>
     <w:rsid w:val="005B3067"/>
     <w:rsid w:val="005B3120"/>
     <w:rsid w:val="005B3513"/>
     <w:rsid w:val="005B432B"/>
     <w:rsid w:val="005B478B"/>
     <w:rsid w:val="005B677C"/>
     <w:rsid w:val="005B7687"/>
     <w:rsid w:val="005B7B04"/>
     <w:rsid w:val="005C0A92"/>
     <w:rsid w:val="005C0D88"/>
     <w:rsid w:val="005C11C7"/>
     <w:rsid w:val="005C16A3"/>
     <w:rsid w:val="005C1ADF"/>
     <w:rsid w:val="005C1BF8"/>
     <w:rsid w:val="005C1FD4"/>
     <w:rsid w:val="005C29E0"/>
     <w:rsid w:val="005C2E8E"/>
     <w:rsid w:val="005C3EE6"/>
     <w:rsid w:val="005C4272"/>
@@ -14954,50 +14607,51 @@
     <w:rsid w:val="00782D47"/>
     <w:rsid w:val="00783BCC"/>
     <w:rsid w:val="00783DF8"/>
     <w:rsid w:val="00783E47"/>
     <w:rsid w:val="00784527"/>
     <w:rsid w:val="00785133"/>
     <w:rsid w:val="00785C11"/>
     <w:rsid w:val="00786C24"/>
     <w:rsid w:val="00786C60"/>
     <w:rsid w:val="00786D1D"/>
     <w:rsid w:val="00786EB8"/>
     <w:rsid w:val="00787609"/>
     <w:rsid w:val="00787DED"/>
     <w:rsid w:val="007902E9"/>
     <w:rsid w:val="0079231E"/>
     <w:rsid w:val="00792724"/>
     <w:rsid w:val="0079347B"/>
     <w:rsid w:val="007936F8"/>
     <w:rsid w:val="00793772"/>
     <w:rsid w:val="00793915"/>
     <w:rsid w:val="00793C51"/>
     <w:rsid w:val="007940F4"/>
     <w:rsid w:val="00794109"/>
     <w:rsid w:val="007943D6"/>
     <w:rsid w:val="00794AFF"/>
+    <w:rsid w:val="00795184"/>
     <w:rsid w:val="007954EE"/>
     <w:rsid w:val="00795510"/>
     <w:rsid w:val="00795755"/>
     <w:rsid w:val="0079617D"/>
     <w:rsid w:val="007961A5"/>
     <w:rsid w:val="007963DA"/>
     <w:rsid w:val="007963DF"/>
     <w:rsid w:val="00796CDC"/>
     <w:rsid w:val="007970F0"/>
     <w:rsid w:val="007972CE"/>
     <w:rsid w:val="007A041D"/>
     <w:rsid w:val="007A11E6"/>
     <w:rsid w:val="007A1F09"/>
     <w:rsid w:val="007A2641"/>
     <w:rsid w:val="007A27FA"/>
     <w:rsid w:val="007A32E9"/>
     <w:rsid w:val="007A356E"/>
     <w:rsid w:val="007A3EBD"/>
     <w:rsid w:val="007A42F3"/>
     <w:rsid w:val="007A5A7C"/>
     <w:rsid w:val="007A5FA1"/>
     <w:rsid w:val="007A6148"/>
     <w:rsid w:val="007B04B0"/>
     <w:rsid w:val="007B1CCA"/>
     <w:rsid w:val="007B2959"/>
@@ -15214,50 +14868,51 @@
     <w:rsid w:val="008733E6"/>
     <w:rsid w:val="00873A12"/>
     <w:rsid w:val="00873E96"/>
     <w:rsid w:val="00874781"/>
     <w:rsid w:val="00874C95"/>
     <w:rsid w:val="008753D3"/>
     <w:rsid w:val="00875923"/>
     <w:rsid w:val="00875B95"/>
     <w:rsid w:val="00876304"/>
     <w:rsid w:val="00876430"/>
     <w:rsid w:val="00877136"/>
     <w:rsid w:val="00877A06"/>
     <w:rsid w:val="008803DF"/>
     <w:rsid w:val="00880768"/>
     <w:rsid w:val="00881B53"/>
     <w:rsid w:val="00881D58"/>
     <w:rsid w:val="00881DF6"/>
     <w:rsid w:val="00882119"/>
     <w:rsid w:val="00883C1C"/>
     <w:rsid w:val="0088416F"/>
     <w:rsid w:val="0088420C"/>
     <w:rsid w:val="00884FE7"/>
     <w:rsid w:val="008852F0"/>
     <w:rsid w:val="00885A7C"/>
     <w:rsid w:val="00886D8A"/>
+    <w:rsid w:val="00887515"/>
     <w:rsid w:val="00887730"/>
     <w:rsid w:val="00887801"/>
     <w:rsid w:val="008910D3"/>
     <w:rsid w:val="00891A09"/>
     <w:rsid w:val="0089252B"/>
     <w:rsid w:val="00892759"/>
     <w:rsid w:val="00892FD4"/>
     <w:rsid w:val="0089332A"/>
     <w:rsid w:val="00894BE4"/>
     <w:rsid w:val="00895041"/>
     <w:rsid w:val="0089586C"/>
     <w:rsid w:val="008960BB"/>
     <w:rsid w:val="00897171"/>
     <w:rsid w:val="00897862"/>
     <w:rsid w:val="00897B82"/>
     <w:rsid w:val="00897C96"/>
     <w:rsid w:val="00897D8E"/>
     <w:rsid w:val="008A28C3"/>
     <w:rsid w:val="008A2B3A"/>
     <w:rsid w:val="008A3110"/>
     <w:rsid w:val="008A32BA"/>
     <w:rsid w:val="008A4241"/>
     <w:rsid w:val="008A429B"/>
     <w:rsid w:val="008A4EF9"/>
     <w:rsid w:val="008A69E8"/>
@@ -16203,50 +15858,51 @@
     <w:rsid w:val="00C13475"/>
     <w:rsid w:val="00C136E3"/>
     <w:rsid w:val="00C146B2"/>
     <w:rsid w:val="00C14704"/>
     <w:rsid w:val="00C14879"/>
     <w:rsid w:val="00C15B63"/>
     <w:rsid w:val="00C174F1"/>
     <w:rsid w:val="00C178C6"/>
     <w:rsid w:val="00C1794E"/>
     <w:rsid w:val="00C17A9B"/>
     <w:rsid w:val="00C17EC0"/>
     <w:rsid w:val="00C20BC2"/>
     <w:rsid w:val="00C2214F"/>
     <w:rsid w:val="00C22EC2"/>
     <w:rsid w:val="00C2449B"/>
     <w:rsid w:val="00C24765"/>
     <w:rsid w:val="00C24796"/>
     <w:rsid w:val="00C24B10"/>
     <w:rsid w:val="00C2521C"/>
     <w:rsid w:val="00C2525B"/>
     <w:rsid w:val="00C25AC0"/>
     <w:rsid w:val="00C25DEE"/>
     <w:rsid w:val="00C26508"/>
     <w:rsid w:val="00C26B18"/>
     <w:rsid w:val="00C30884"/>
+    <w:rsid w:val="00C31174"/>
     <w:rsid w:val="00C31921"/>
     <w:rsid w:val="00C3291D"/>
     <w:rsid w:val="00C3345F"/>
     <w:rsid w:val="00C346F2"/>
     <w:rsid w:val="00C346FA"/>
     <w:rsid w:val="00C3484D"/>
     <w:rsid w:val="00C34F40"/>
     <w:rsid w:val="00C35CD4"/>
     <w:rsid w:val="00C35CFB"/>
     <w:rsid w:val="00C35F70"/>
     <w:rsid w:val="00C364CD"/>
     <w:rsid w:val="00C368C8"/>
     <w:rsid w:val="00C40B03"/>
     <w:rsid w:val="00C40E6B"/>
     <w:rsid w:val="00C4191E"/>
     <w:rsid w:val="00C41F41"/>
     <w:rsid w:val="00C42106"/>
     <w:rsid w:val="00C42CB4"/>
     <w:rsid w:val="00C42E67"/>
     <w:rsid w:val="00C433C9"/>
     <w:rsid w:val="00C43666"/>
     <w:rsid w:val="00C43C9C"/>
     <w:rsid w:val="00C43FCC"/>
     <w:rsid w:val="00C44786"/>
     <w:rsid w:val="00C45A28"/>
@@ -16543,56 +16199,58 @@
     <w:rsid w:val="00D4460C"/>
     <w:rsid w:val="00D44E1D"/>
     <w:rsid w:val="00D45BFA"/>
     <w:rsid w:val="00D46035"/>
     <w:rsid w:val="00D46ADB"/>
     <w:rsid w:val="00D472B4"/>
     <w:rsid w:val="00D473E7"/>
     <w:rsid w:val="00D47B11"/>
     <w:rsid w:val="00D50DAF"/>
     <w:rsid w:val="00D52595"/>
     <w:rsid w:val="00D53104"/>
     <w:rsid w:val="00D53117"/>
     <w:rsid w:val="00D53FB7"/>
     <w:rsid w:val="00D547FD"/>
     <w:rsid w:val="00D549A7"/>
     <w:rsid w:val="00D54F67"/>
     <w:rsid w:val="00D55528"/>
     <w:rsid w:val="00D55569"/>
     <w:rsid w:val="00D56138"/>
     <w:rsid w:val="00D56288"/>
     <w:rsid w:val="00D5726B"/>
     <w:rsid w:val="00D57455"/>
     <w:rsid w:val="00D57949"/>
     <w:rsid w:val="00D601F4"/>
     <w:rsid w:val="00D614E0"/>
+    <w:rsid w:val="00D616EA"/>
     <w:rsid w:val="00D6177F"/>
     <w:rsid w:val="00D619C4"/>
     <w:rsid w:val="00D61A22"/>
     <w:rsid w:val="00D62FD6"/>
     <w:rsid w:val="00D645F4"/>
     <w:rsid w:val="00D65840"/>
+    <w:rsid w:val="00D65B30"/>
     <w:rsid w:val="00D710D5"/>
     <w:rsid w:val="00D7136C"/>
     <w:rsid w:val="00D71629"/>
     <w:rsid w:val="00D7227A"/>
     <w:rsid w:val="00D724AF"/>
     <w:rsid w:val="00D72B0F"/>
     <w:rsid w:val="00D730D4"/>
     <w:rsid w:val="00D739A7"/>
     <w:rsid w:val="00D7436A"/>
     <w:rsid w:val="00D744C7"/>
     <w:rsid w:val="00D758D3"/>
     <w:rsid w:val="00D75AA2"/>
     <w:rsid w:val="00D76403"/>
     <w:rsid w:val="00D7698C"/>
     <w:rsid w:val="00D76E3B"/>
     <w:rsid w:val="00D7704F"/>
     <w:rsid w:val="00D770A1"/>
     <w:rsid w:val="00D8059F"/>
     <w:rsid w:val="00D80C5D"/>
     <w:rsid w:val="00D8176F"/>
     <w:rsid w:val="00D81F17"/>
     <w:rsid w:val="00D82248"/>
     <w:rsid w:val="00D82D4F"/>
     <w:rsid w:val="00D834F0"/>
     <w:rsid w:val="00D8399E"/>
@@ -16846,50 +16504,51 @@
     <w:rsid w:val="00E5600E"/>
     <w:rsid w:val="00E56768"/>
     <w:rsid w:val="00E57D51"/>
     <w:rsid w:val="00E57E6E"/>
     <w:rsid w:val="00E604A4"/>
     <w:rsid w:val="00E6099C"/>
     <w:rsid w:val="00E61013"/>
     <w:rsid w:val="00E61F6A"/>
     <w:rsid w:val="00E622C8"/>
     <w:rsid w:val="00E628E1"/>
     <w:rsid w:val="00E6405F"/>
     <w:rsid w:val="00E65936"/>
     <w:rsid w:val="00E65A58"/>
     <w:rsid w:val="00E65CD6"/>
     <w:rsid w:val="00E65F2A"/>
     <w:rsid w:val="00E6608B"/>
     <w:rsid w:val="00E66A90"/>
     <w:rsid w:val="00E66C8B"/>
     <w:rsid w:val="00E67279"/>
     <w:rsid w:val="00E679F2"/>
     <w:rsid w:val="00E67D45"/>
     <w:rsid w:val="00E67EE2"/>
     <w:rsid w:val="00E70513"/>
     <w:rsid w:val="00E70A13"/>
     <w:rsid w:val="00E70C4E"/>
+    <w:rsid w:val="00E71206"/>
     <w:rsid w:val="00E7151C"/>
     <w:rsid w:val="00E71660"/>
     <w:rsid w:val="00E71A6C"/>
     <w:rsid w:val="00E72C38"/>
     <w:rsid w:val="00E72FB6"/>
     <w:rsid w:val="00E7399D"/>
     <w:rsid w:val="00E73D96"/>
     <w:rsid w:val="00E743D0"/>
     <w:rsid w:val="00E7474A"/>
     <w:rsid w:val="00E75370"/>
     <w:rsid w:val="00E75B19"/>
     <w:rsid w:val="00E75F1F"/>
     <w:rsid w:val="00E76505"/>
     <w:rsid w:val="00E76532"/>
     <w:rsid w:val="00E76884"/>
     <w:rsid w:val="00E76F8A"/>
     <w:rsid w:val="00E80A55"/>
     <w:rsid w:val="00E80C80"/>
     <w:rsid w:val="00E8121E"/>
     <w:rsid w:val="00E81425"/>
     <w:rsid w:val="00E81947"/>
     <w:rsid w:val="00E81AC2"/>
     <w:rsid w:val="00E81C46"/>
     <w:rsid w:val="00E81DD1"/>
     <w:rsid w:val="00E829A2"/>
@@ -20069,51 +19728,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2147048062">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pathway@researchireland.ie" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchireland.ie/funding/pathway/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1038/s41586-019-1657-6" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pathway@researchireland.ie" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:irdif@researchireland.ie" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:challenges@researchireland.ie" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sfi.ie/funding/sfi-policies-and-guidance/ethical-and-scientific-issues/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://euraxess.ec.europa.eu/career-development/researchers" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pathway@researchireland.ie" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sfi.ie/funding/award-management/research-impact/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pathway@researchireland.ie" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://genderedinnovations.stanford.edu/index.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pathway@researchireland.ie" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arc@researchireland.ie" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sfi.ie/funding/award-management/research-impact/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pathway@researchireland.ie" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:irdif@researchireland.ie" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:challenges@researchireland.ie" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchireland.ie/funding/pathway/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://euraxess.ec.europa.eu/career-development/researchers" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://genderedinnovations.stanford.edu/index.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pathway@researchireland.ie" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1038/s41586-019-1657-6" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pathway@researcireland.ie" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pathway@researchireland.ie" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sfi.ie/funding/sfi-policies-and-guidance/ethical-and-scientific-issues/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -20386,50 +20045,69 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010060638342479DF44EB0D150EB70DAE516" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="075d242e122bad982ba840d346dd6bae">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="314ce554-038e-4233-9acd-01f34ffdc146" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ac359a9337d8d1ea571d1c69a9583bbb" ns2:_="">
     <xsd:import namespace="314ce554-038e-4233-9acd-01f34ffdc146"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="314ce554-038e-4233-9acd-01f34ffdc146" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
@@ -20529,134 +20207,108 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ABC5433F-50F0-4C82-BA39-A5D93D0128BB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6F8894C-7A95-4147-9F93-5EB0C0279890}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1052BA9E-9420-4402-8787-A89C7DA67337}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4A5CF9E9-2A80-4C6A-B6A8-A580374070B2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="314ce554-038e-4233-9acd-01f34ffdc146"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...30 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>16</Pages>
-[...1 lines deleted...]
-  <Characters>41519</Characters>
+  <Pages>17</Pages>
+  <Words>7624</Words>
+  <Characters>43341</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>345</Lines>
-  <Paragraphs>97</Paragraphs>
+  <Lines>361</Lines>
+  <Paragraphs>101</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Forfas</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>48760</CharactersWithSpaces>
+  <CharactersWithSpaces>50864</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="120" baseType="variant">
       <vt:variant>
         <vt:i4>6619174</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>90</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://genderedinnovations.stanford.edu/index.html</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>7798825</vt:i4>
       </vt:variant>
       <vt:variant>