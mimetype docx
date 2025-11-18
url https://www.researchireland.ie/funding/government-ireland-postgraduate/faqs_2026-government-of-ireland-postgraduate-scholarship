--- v0 (2025-10-03)
+++ v1 (2025-11-18)
@@ -9,122 +9,131 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="60862169" w14:textId="53EB1870" w:rsidR="009258EE" w:rsidRPr="00D629E3" w:rsidRDefault="009258EE" w:rsidP="00D629E3">
+    <w:p w14:paraId="60862169" w14:textId="53EB1870" w:rsidR="009258EE" w:rsidRPr="00D64C39" w:rsidRDefault="009258EE" w:rsidP="00D64C39">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D629E3">
+      <w:r w:rsidRPr="00D64C39">
         <w:t xml:space="preserve">2026 Government of Ireland </w:t>
       </w:r>
-      <w:r w:rsidR="007D74E2" w:rsidRPr="00D629E3">
+      <w:r w:rsidR="007D74E2" w:rsidRPr="00D64C39">
         <w:t>Po</w:t>
       </w:r>
-      <w:r w:rsidR="00791815" w:rsidRPr="00D629E3">
+      <w:r w:rsidR="00791815" w:rsidRPr="00D64C39">
         <w:t>stgraduate Scholarship</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D629E3">
+      <w:r w:rsidRPr="00D64C39">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D629E3">
+      <w:r w:rsidRPr="00D64C39">
         <w:t>Programme</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D629E3">
+      <w:r w:rsidRPr="00D64C39">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14BCB54E" w14:textId="77777777" w:rsidR="009258EE" w:rsidRPr="00D629E3" w:rsidRDefault="009258EE" w:rsidP="00D629E3">
-[...32 lines deleted...]
-    <w:p w14:paraId="1D1E7C4E" w14:textId="77777777" w:rsidR="009258EE" w:rsidRPr="009258EE" w:rsidRDefault="009258EE" w:rsidP="009258EE">
+    <w:p w14:paraId="14BCB54E" w14:textId="77777777" w:rsidR="009258EE" w:rsidRPr="009258EE" w:rsidRDefault="009258EE" w:rsidP="009258EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="268423FD" w14:textId="77777777" w:rsidR="009258EE" w:rsidRPr="009258EE" w:rsidRDefault="009258EE" w:rsidP="00D64C39">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009258EE">
+        <w:t>Frequently Asked Questions (FAQs)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="366572A8" w14:textId="2A1E2905" w:rsidR="009258EE" w:rsidRPr="009258EE" w:rsidRDefault="00620BB9" w:rsidP="00D64C39">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="75C108A6">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="182B675B" w:rsidRPr="75C108A6">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="009258EE" w:rsidRPr="197DB94F">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1010">
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="009258EE" w:rsidRPr="197DB94F">
+        <w:t>/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D1E7C4E" w14:textId="77777777" w:rsidR="009258EE" w:rsidRPr="009258EE" w:rsidRDefault="009258EE" w:rsidP="009258EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="7DA513DE" w14:textId="2B5ADA4E" w:rsidR="009258EE" w:rsidRPr="009258EE" w:rsidRDefault="009258EE" w:rsidP="009258EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009258EE">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">FAQs will be published every Thursday </w:t>
       </w:r>
       <w:r w:rsidRPr="002D623D">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">until </w:t>
@@ -150,79 +159,79 @@
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> as necessary. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40F82FF9" w14:textId="77777777" w:rsidR="009258EE" w:rsidRPr="009258EE" w:rsidRDefault="009258EE" w:rsidP="009258EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009258EE">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">New questions will be marked </w:t>
       </w:r>
-      <w:r w:rsidRPr="00647168">
+      <w:r w:rsidRPr="00D64C39">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
           <w:color w:val="A20000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">**New** </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C5534E8" w14:textId="77777777" w:rsidR="009258EE" w:rsidRPr="009258EE" w:rsidRDefault="009258EE" w:rsidP="009258EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009258EE">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Updated questions will be marked </w:t>
       </w:r>
-      <w:r w:rsidRPr="00647168">
+      <w:r w:rsidRPr="00D64C39">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
           <w:color w:val="005E00"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">**Updated** </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BDB6CC4" w14:textId="77777777" w:rsidR="009258EE" w:rsidRPr="009258EE" w:rsidRDefault="009258EE" w:rsidP="009258EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6BE875CA" w14:textId="77777777" w:rsidR="009258EE" w:rsidRPr="009258EE" w:rsidRDefault="009258EE" w:rsidP="009258EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -1087,166 +1096,180 @@
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> bachelor’s degree are both listed as level 8. As such, the applicant in question is eligible </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="009258EE">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>as a result of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="009258EE">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> their first-class higher diploma.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75BADCC1" w14:textId="5640962A" w:rsidR="005A08DA" w:rsidRPr="00520631" w:rsidRDefault="009258EE" w:rsidP="005D40E1">
+    <w:p w14:paraId="75BADCC1" w14:textId="62185BAA" w:rsidR="005A08DA" w:rsidRPr="00520631" w:rsidRDefault="009258EE" w:rsidP="005D40E1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00520631">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Q: According to the guide, applications will be deemed ineligible if “the research project as proposed in the application form has previously been funded either in full, or in part, by </w:t>
       </w:r>
       <w:r w:rsidR="2F56C396" w:rsidRPr="34204FA4">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Research </w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">Ireland </w:t>
+        <w:t xml:space="preserve">Research Ireland </w:t>
       </w:r>
       <w:r w:rsidRPr="00520631">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> any other funding agency”.   A potential applicant is currently receiving external funding for a Research Master’s and is looking to transfer it to a PhD and apply for the scholarship to fund the PhD. Can you please confirm if this is permitted, or would they be deemed ineligible due to their Master’s being externally funded?</w:t>
+        <w:t>or any other funding agency”.   A potential applicant is currently receiving external funding for a Research Master’s and is looking to transfer it to a PhD and apply for the scholarship to fund the PhD. Can you please confirm if this is permitted, or would they be deemed ineligible due to their Master’s being externally funded?</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC3674">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CB3C9DB" w14:textId="0D1C1386" w:rsidR="005A08DA" w:rsidRPr="009258EE" w:rsidRDefault="009258EE" w:rsidP="005D40E1">
+    <w:p w14:paraId="1CB3C9DB" w14:textId="3608CB79" w:rsidR="005A08DA" w:rsidRPr="00E5187A" w:rsidRDefault="009258EE" w:rsidP="005D40E1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00520631">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A:</w:t>
       </w:r>
       <w:r w:rsidRPr="00520631">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> This clause applies to projects that have already been completed, not ongoing projects. Therefore, it does not apply to any applicants currently registered for a master’s or PhD who wish to apply to the </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00520631">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>programme</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00520631">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to complete their degree, or to those who are transferring from a master’s to a PhD.</w:t>
       </w:r>
       <w:r w:rsidRPr="009258EE">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D4755F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please note that </w:t>
+      </w:r>
+      <w:r w:rsidR="00D4755F" w:rsidRPr="00D4755F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t>students who have a date of first registration prior to 01 September 2025 are not eligible to apply to the programme. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009258EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3853A635" w14:textId="2A0F4C45" w:rsidR="005A08DA" w:rsidRPr="009258EE" w:rsidRDefault="009258EE" w:rsidP="005D40E1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009258EE">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Q: Is it possible to apply without an English language certificate, for example IELTS, TOEFL, CAE?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C1C1C50" w14:textId="2A676992" w:rsidR="005A08DA" w:rsidRPr="009258EE" w:rsidRDefault="009258EE" w:rsidP="005D40E1">
@@ -1320,51 +1343,62 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Q: Is an application for a PhD by Artefact eligible under the terms and conditions of the GOIPG </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B3BC3">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>programme</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B3BC3">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">? Are Professional Doctorates, including medical doctorates, eligible under the terms and conditions of the </w:t>
+        <w:t xml:space="preserve">? Are Professional Doctorates, including medical doctorates, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B3BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">eligible under the terms and conditions of the </w:t>
       </w:r>
       <w:r w:rsidR="00B43626">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Government of Ireland Postgraduate Scholarship (</w:t>
       </w:r>
       <w:r w:rsidRPr="001B3BC3">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>GOIPG</w:t>
       </w:r>
       <w:r w:rsidR="00B43626">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
@@ -1402,51 +1436,50 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D26C217" w14:textId="165D5A0B" w:rsidR="005A08DA" w:rsidRPr="009258EE" w:rsidRDefault="001B3BC3" w:rsidP="005D40E1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B3BC3">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>A:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009258EE">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1982,84 +2015,74 @@
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C04F2F9" w14:textId="502D6B1F" w:rsidR="005A08DA" w:rsidRPr="001B3BC3" w:rsidRDefault="001B3BC3" w:rsidP="005D40E1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B3BC3">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Q: Is it possible for Research Ireland to award funding to a project </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001B3BC3">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>in the area of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="001B3BC3">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> fossil fuel research that examines improving fuel injector efficiency in heavy </w:t>
-[...10 lines deleted...]
-        <w:t>engines/turbines that could eventually lead to improved environmental sustainability?</w:t>
+        <w:t xml:space="preserve"> fossil fuel research that examines improving fuel injector efficiency in heavy engines/turbines that could eventually lead to improved environmental sustainability?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="286EF5D6" w14:textId="77777777" w:rsidR="001B3BC3" w:rsidRDefault="00510039" w:rsidP="005D40E1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009258EE">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Yes, such an area of research can be funded. Please note that as per the Call Document,</w:t>
       </w:r>
       <w:r w:rsidR="001B3BC3">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2552,93 +2575,101 @@
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="000F2365" w:rsidRPr="009D2089">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> at any stage of the application, assessment or award process</w:t>
       </w:r>
       <w:r w:rsidR="006D0C3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="000F2365" w:rsidRPr="009D2089">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> that an applicant does not meet the conditions set out herein for adjustment of the period of eligibility or cannot provide verification of same, Research Ireland shall be entitled to deem an application ineligible and rescind any offer of </w:t>
+        <w:t xml:space="preserve"> that an applicant does not meet the conditions set out herein for adjustment of the period of eligibility or </w:t>
+      </w:r>
+      <w:r w:rsidR="000F2365" w:rsidRPr="009D2089">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">cannot provide verification of same, Research Ireland shall be entitled to deem an application ineligible and rescind any offer of </w:t>
       </w:r>
       <w:r w:rsidR="00B7108D">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>grant</w:t>
       </w:r>
       <w:r w:rsidR="000F2365" w:rsidRPr="009D2089">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00974544" w:rsidRPr="009D2089">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20AC5008" w14:textId="21ED31F2" w:rsidR="005A08DA" w:rsidRPr="009258EE" w:rsidRDefault="009D2089" w:rsidP="005D40E1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Please note that</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4DAB">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> any personal health and/or medical documentation and/or information (including evidence of a medical diagnosis/diagnoses) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>should not be sent to</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4DAB">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Research Ireland.</w:t>
@@ -3562,108 +3593,108 @@
         </w:rPr>
         <w:t xml:space="preserve">As per the Call Document, </w:t>
       </w:r>
       <w:r w:rsidR="002A267E" w:rsidRPr="197DB94F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">registrations prior to </w:t>
       </w:r>
       <w:r w:rsidR="00EA3402" w:rsidRPr="197DB94F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="002A267E" w:rsidRPr="197DB94F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>1 Sep</w:t>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="002A267E" w:rsidRPr="197DB94F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Sep</w:t>
       </w:r>
       <w:r w:rsidR="479AA76A" w:rsidRPr="197DB94F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tember</w:t>
       </w:r>
       <w:r w:rsidR="002A267E" w:rsidRPr="197DB94F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EA3402" w:rsidRPr="197DB94F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="002A267E" w:rsidRPr="197DB94F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>25 are ineligible</w:t>
       </w:r>
       <w:r w:rsidR="00EA3402" w:rsidRPr="197DB94F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="004E0045" w:rsidRPr="197DB94F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Exceptions to the date of first registration may only be </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">made for those who have taken an eligible career break from their degree </w:t>
+        <w:t xml:space="preserve"> Exceptions to the date of first registration may only be made for those who have taken an eligible career break from their degree </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004E0045" w:rsidRPr="197DB94F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>programmes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="004E0045" w:rsidRPr="197DB94F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Further clarification can be found in section 5 of the Call Document. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5105986A" w14:textId="728464A8" w:rsidR="008F688B" w:rsidRPr="008F688B" w:rsidRDefault="008F688B" w:rsidP="008F688B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
@@ -3961,51 +3992,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51D44CEB" w14:textId="4CC61FA7" w:rsidR="23CE1983" w:rsidRDefault="23CE1983" w:rsidP="197DB94F">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="197DB94F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Therefore, the applicant is not eligible to apply for funding.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C24CACA" w14:textId="187B1204" w:rsidR="00F06D86" w:rsidRPr="00754A3D" w:rsidRDefault="009F1010" w:rsidP="00F06D86">
+    <w:p w14:paraId="5C24CACA" w14:textId="0D158089" w:rsidR="00F06D86" w:rsidRPr="00754A3D" w:rsidRDefault="009F1010" w:rsidP="00F06D86">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00754A3D">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Q: </w:t>
       </w:r>
       <w:r w:rsidR="00587CB9" w:rsidRPr="00754A3D">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:b/>
@@ -4093,128 +4124,355 @@
         </w:rPr>
         <w:t xml:space="preserve"> registered for the PhD degree.</w:t>
       </w:r>
       <w:r w:rsidR="00754A3D" w:rsidRPr="008C4673">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Are these applicants eligible to apply?</w:t>
       </w:r>
       <w:r w:rsidR="00F42987">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F42987" w:rsidRPr="00647168">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+    </w:p>
+    <w:p w14:paraId="0D8C2D1F" w14:textId="1BB2BA80" w:rsidR="00565C94" w:rsidRDefault="0084042A" w:rsidP="0084042A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C4673">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">As per the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F62E60">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t>Call Document</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C4673">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t>, section 5.1</w:t>
+      </w:r>
+      <w:r w:rsidR="009C0858">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, those with date of first registration prior to 01 September 2025 </w:t>
+      </w:r>
+      <w:r w:rsidR="00932D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are ineligible. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48316042" w14:textId="27357975" w:rsidR="00565C94" w:rsidRDefault="00565C94" w:rsidP="00565C94">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00286971">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t>Q: A potential applicant has earned a 2.2 bachelor’s degree from an Irish University; however, they have since been awarded Postgraduate Diploma (NFQ level 9) from an Irish institution. Is this student eligible through their postgraduate diploma which is at NFQ Level 9?</w:t>
+      </w:r>
+      <w:r w:rsidR="00647C04">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00647C04" w:rsidRPr="00D64C39">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
           <w:color w:val="A20000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>**New**</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76CFDC7F" w14:textId="08E0B9DC" w:rsidR="0084042A" w:rsidRPr="008C4673" w:rsidRDefault="0084042A" w:rsidP="0084042A">
+    <w:p w14:paraId="29AA92DD" w14:textId="7CE273CE" w:rsidR="007C7BC2" w:rsidRDefault="00565C94" w:rsidP="00565C94">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">A: </w:t>
+      </w:r>
+      <w:r w:rsidR="00362255">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t>As per the Call Document, section 6.2</w:t>
+      </w:r>
+      <w:r w:rsidR="007C7BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="007C7BC2" w:rsidRPr="007C7BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All applicants must have a first-class or upper second-class </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007C7BC2" w:rsidRPr="007C7BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>honours</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007C7BC2" w:rsidRPr="007C7BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bachelor’s, or the equivalent, degree. If the applicant does not have a first class or upper second-class </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007C7BC2" w:rsidRPr="007C7BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>honours</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007C7BC2" w:rsidRPr="007C7BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bachelor’s, or the equivalent degree, they must possess a master’s degree. Research Ireland’s determination of an applicant’s eligibility on these criteria is final.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA561A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="353D4AA4" w14:textId="23DCA631" w:rsidR="197DB94F" w:rsidRDefault="00CA561A" w:rsidP="197DB94F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
-          <w:b/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="008C4673">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Therefore, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F9782B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-IE"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00F62E60">
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00F9782B" w:rsidRPr="00F9782B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-IE"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="008C4673">
+        </w:rPr>
+        <w:t xml:space="preserve">pplicants who do not </w:t>
+      </w:r>
+      <w:r w:rsidR="005D57B9" w:rsidRPr="007C7BC2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-IE"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="009C0858">
+        </w:rPr>
+        <w:t xml:space="preserve">have a first-class or upper second-class </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005D57B9" w:rsidRPr="007C7BC2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-IE"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00932D91">
+        </w:rPr>
+        <w:t>honours</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005D57B9" w:rsidRPr="007C7BC2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-IE"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">are ineligible. </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> bachelor’s</w:t>
+      </w:r>
+      <w:r w:rsidR="005D57B9" w:rsidRPr="00F9782B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D57B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">degree </w:t>
+      </w:r>
+      <w:r w:rsidR="00F9782B" w:rsidRPr="00F9782B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">must possess a master’s degree to be considered eligible. Please note that a Postgraduate Diploma (NFQ Level 9) does </w:t>
+      </w:r>
+      <w:r w:rsidR="00F9782B" w:rsidRPr="00286971">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r w:rsidR="00F9782B" w:rsidRPr="00F9782B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> satisfy this criterion.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="353D4AA4" w14:textId="66DC7737" w:rsidR="197DB94F" w:rsidRPr="008C4673" w:rsidRDefault="197DB94F" w:rsidP="197DB94F">
+    <w:p w14:paraId="56B0893A" w14:textId="77777777" w:rsidR="00286971" w:rsidRPr="008C4673" w:rsidRDefault="00286971" w:rsidP="197DB94F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5CEF75A5" w14:textId="03755E3F" w:rsidR="005A08DA" w:rsidRPr="000F2365" w:rsidRDefault="003F747A" w:rsidP="003F747A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -4248,62 +4506,51 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Q: An applicant applied last year and was unsuccessful. When reapplying this year, they wish to know </w:t>
       </w:r>
       <w:r w:rsidR="00D15981" w:rsidRPr="000F2365">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>if it is</w:t>
       </w:r>
       <w:r w:rsidRPr="000F2365">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ok to re-use sections of their previous application. Should </w:t>
-[...10 lines deleted...]
-        <w:t>the applicant clarify what sections that have changed, and which remain the same from the previous submission?</w:t>
+        <w:t xml:space="preserve"> ok to re-use sections of their previous application. Should the applicant clarify what sections that have changed, and which remain the same from the previous submission?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65D4E34A" w14:textId="77777777" w:rsidR="00AB3614" w:rsidRDefault="000F2365" w:rsidP="005D40E1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F2365">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
@@ -4684,50 +4931,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>No, postgraduate students must be primarily supervised by suitably qualified and experienced permanent members of academic staff at the host institution.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33E382AB" w14:textId="07BB80BA" w:rsidR="005A08DA" w:rsidRPr="002105C4" w:rsidRDefault="000F2365" w:rsidP="005D40E1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002105C4">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Q: Can applicants use in-text citations or footnotes with a bibliography as part of the application, and are these included in the word count?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="418ADFE1" w14:textId="45F1D96D" w:rsidR="002105C4" w:rsidRDefault="002105C4" w:rsidP="005D40E1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002105C4">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
@@ -4800,51 +5048,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">GANTT charts are not compulsory, and applicants can submit their application without including one. Please note that we recommend applicants to review the “General Application Feedback” document before applying. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FACE341" w14:textId="60076731" w:rsidR="005A08DA" w:rsidRPr="002105C4" w:rsidRDefault="002105C4" w:rsidP="005D40E1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002105C4">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Q: Is there a limit to the number of files that can be uploaded as supplementary material, should they be uploaded as one PDF file and is there a file size limit (in Mb or Gb)?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B8FAB12" w14:textId="77777777" w:rsidR="00632904" w:rsidRDefault="002105C4" w:rsidP="005D40E1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002105C4">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
@@ -4876,89 +5123,80 @@
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Applications will be deemed ineligible and will not be considered for funding if they include additional information about the research proposal or applicant, such as CV. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="069730A0" w14:textId="61A2B63E" w:rsidR="005A08DA" w:rsidRPr="009258EE" w:rsidRDefault="002105C4" w:rsidP="005D40E1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009258EE">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Gender should not be disclosed in any uploaded PDF files, e.g. use initials instead of first names if you have a publication listed in the bibliography. More than one PDF file can be uploaded, being the total maximum file limit of 2GB. Please note that, as per Call Document, an application will be deemed ineligible if it includes additional materials other than those requested and includes materials in a format other than those requested.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71310ED6" w14:textId="646D2072" w:rsidR="005A08DA" w:rsidRPr="00EA3490" w:rsidRDefault="00EA3490" w:rsidP="005D40E1">
+    <w:p w14:paraId="71310ED6" w14:textId="0CF0CF54" w:rsidR="005A08DA" w:rsidRPr="00EA3490" w:rsidRDefault="00EA3490" w:rsidP="005D40E1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA3490">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Q: In the Research Achievements section, can applicants include publications they have co-authored?</w:t>
       </w:r>
       <w:r w:rsidR="007B6CB5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...7 lines deleted...]
-        <w:t>**Updated**</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CB2E6C7" w14:textId="31D4DAC1" w:rsidR="00594743" w:rsidRPr="009258EE" w:rsidRDefault="00EA3490" w:rsidP="005D40E1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001731F8">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
@@ -5098,51 +5336,62 @@
       </w:r>
       <w:r w:rsidR="00594743" w:rsidRPr="00594743">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00594743">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00594743" w:rsidRPr="00594743">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Applicants should not include any additional links to online research profiles or supplementary information. Any such additional material will render the application ineligible.</w:t>
+        <w:t xml:space="preserve">Applicants should not include any additional </w:t>
+      </w:r>
+      <w:r w:rsidR="00594743" w:rsidRPr="00594743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>links to online research profiles or supplementary information. Any such additional material will render the application ineligible.</w:t>
       </w:r>
       <w:r w:rsidR="00594743" w:rsidRPr="00594743">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33F60067" w14:textId="1A9BC41F" w:rsidR="005A08DA" w:rsidRPr="001731F8" w:rsidRDefault="001731F8" w:rsidP="005D40E1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001731F8">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
@@ -5222,51 +5471,50 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Q: Is it possible for an application to the GOIPG call, to include research to be carried out in conjunction with a charity?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="424AC0A8" w14:textId="07B2EA67" w:rsidR="005A08DA" w:rsidRPr="009258EE" w:rsidRDefault="00395932" w:rsidP="005D40E1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395932">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>A:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009258EE">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please note that the research project must be the work </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="009258EE">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -5738,50 +5986,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AD9F9D2" w14:textId="0413B393" w:rsidR="005A08DA" w:rsidRPr="009F631B" w:rsidRDefault="00653C48" w:rsidP="005D40E1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F631B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Q: Is there any possibility of making an exception to the first registration date if a researcher is/ was on a part-time master/ PhD contract?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0297C343" w14:textId="77777777" w:rsidR="00736ABD" w:rsidRDefault="00974544" w:rsidP="005D40E1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F631B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A:</w:t>
       </w:r>
       <w:r w:rsidRPr="009F631B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
@@ -5844,51 +6093,50 @@
       </w:r>
       <w:r w:rsidR="00974544" w:rsidRPr="009F631B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0751C170" w14:textId="2C03FCC6" w:rsidR="005A08DA" w:rsidRPr="00B45C6B" w:rsidRDefault="00974544" w:rsidP="005D40E1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F631B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Please do not provide any personal health and/or medical documentation and/or information (including evidence of a medical diagnosis/diagnoses) in correspondence with Research Ireland.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6676987D" w14:textId="46B4A8D9" w:rsidR="005A08DA" w:rsidRPr="00DE746E" w:rsidRDefault="00DE746E" w:rsidP="005D40E1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE746E">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Q: An applicant does not have a separate Bachelor's and Master's diploma but a combined diploma which would be equal to a Bachelor's + </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
@@ -6051,50 +6299,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>” where the applicant can provide clarifications on their degree.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FE317D6" w14:textId="539327B5" w:rsidR="005A08DA" w:rsidRPr="005235DC" w:rsidRDefault="005235DC" w:rsidP="005D40E1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005235DC">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Q: An applicant is in the process of completing a </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="005235DC">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Master’s</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="005235DC">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> degree. Should they enter the details about the Master's in the application form and include an estimated graduation date?</w:t>
       </w:r>
     </w:p>
@@ -6177,60 +6426,51 @@
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="009258EE">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> degree (if applicable)” section there is a free text box indicating “</w:t>
       </w:r>
       <w:r w:rsidRPr="005235DC">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Any additional information relating to this degree or your final grade can be included here</w:t>
       </w:r>
       <w:r w:rsidRPr="009258EE">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">” where the </w:t>
-[...8 lines deleted...]
-        <w:t>applicant can provide clarifications on their degree, including their expected date of graduation.</w:t>
+        <w:t>” where the applicant can provide clarifications on their degree, including their expected date of graduation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D5FADAA" w14:textId="6E5376BE" w:rsidR="005A08DA" w:rsidRPr="005235DC" w:rsidRDefault="005235DC" w:rsidP="005D40E1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005235DC">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Q: An applicant intends to transfer from their current master's degree to a PhD. What is the correct way of answering the query “will you be a new entrant to the degree for which you are seeking Research Ireland funding?”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47B58622" w14:textId="54C4B3F1" w:rsidR="00B433E5" w:rsidRDefault="00510039" w:rsidP="197DB94F">
@@ -6443,50 +6683,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> eligibility: must they also hold a contract that covers the full duration of the grant?</w:t>
       </w:r>
       <w:r w:rsidRPr="197DB94F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D5E0FBA" w14:textId="71F8810B" w:rsidR="00B433E5" w:rsidRDefault="00B433E5" w:rsidP="197DB94F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="7D2B3B12" w:rsidRPr="197DB94F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A: </w:t>
       </w:r>
       <w:r w:rsidR="59DBE6E1" w:rsidRPr="197DB94F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">There are no formal eligibility requirements for </w:t>
       </w:r>
       <w:r w:rsidR="070822AA" w:rsidRPr="197DB94F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -6510,50 +6751,189 @@
         <w:t>supervisor</w:t>
       </w:r>
       <w:r w:rsidR="59DBE6E1" w:rsidRPr="197DB94F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in an application is not a mandatory </w:t>
       </w:r>
       <w:r w:rsidR="060ED280" w:rsidRPr="197DB94F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>requirement</w:t>
       </w:r>
       <w:r w:rsidR="59DBE6E1" w:rsidRPr="197DB94F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23E1D740" w14:textId="4AAB3FB7" w:rsidR="006741B6" w:rsidRPr="00286971" w:rsidRDefault="006741B6" w:rsidP="009366C4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00286971">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Q: An applicant would like to include a discipline </w:t>
+      </w:r>
+      <w:r w:rsidR="009366C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">relevant to their proposal that </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00286971">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t>is not available in the drop-down options </w:t>
+      </w:r>
+      <w:r w:rsidR="0065722E" w:rsidRPr="00286971">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t>of the application form</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00286971">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D34B23" w:rsidRPr="00286971">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t>Is it</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00286971">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> possible to include their true primary area of research in "other research area(s)"</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4C7A" w:rsidRPr="00286971">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidR="00423274">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00423274" w:rsidRPr="00D64C39">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+          <w:color w:val="A20000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>**New**</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57AC3B90" w14:textId="013382F2" w:rsidR="00A417C4" w:rsidRDefault="009366C4" w:rsidP="00286971">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009366C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Applicants are advised to select the Primary Area and Discipline that most closely aligns with their research project. Additionally, they are encouraged to use the ‘Other research area(s)’ free-text box to include any additional disciplines they consider relevant to their proposal.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="272FD0B9" w14:textId="425AB2EF" w:rsidR="005A08DA" w:rsidRPr="00B02630" w:rsidRDefault="003F747A" w:rsidP="00B02630">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -6744,51 +7124,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="360A1887" w14:textId="597A6EAB" w:rsidR="005A08DA" w:rsidRPr="00BE1B5D" w:rsidRDefault="00BE1B5D" w:rsidP="005D40E1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE1B5D">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Q: Can students still apply to the call if they hold a SUSI grant?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C5BC6F7" w14:textId="21DB35DF" w:rsidR="005A08DA" w:rsidRPr="009258EE" w:rsidRDefault="00BE1B5D" w:rsidP="005D40E1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE1B5D">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
@@ -7029,50 +7408,51 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> does a research track record qualify in lieu?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08530B0F" w14:textId="5886AAC4" w:rsidR="005A08DA" w:rsidRPr="009258EE" w:rsidRDefault="005F32CB" w:rsidP="005D40E1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F32CB">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>A:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009258EE">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A postgraduate supervisor does not need to have a PhD qualification; their research track record is assessed during the evaluation process. As indicated in the call document, the evaluation criteria include the suitability and ability of the supervisor(s) to provide adequate supervision; quality of infrastructure and facilities provided by the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>eligible research body</w:t>
@@ -7281,60 +7661,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Q: For the Andrew Grene Postgraduate Scholarship in Conflict Resolution, would DFA accept an application with Ukraine as the focus?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C922445" w14:textId="05CE9A61" w:rsidR="005A08DA" w:rsidRPr="009258EE" w:rsidRDefault="0033523C" w:rsidP="005D40E1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00616562">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">A: As per the 2026 Call Document , Andrew Grene Postgraduate Scholarship proposals should focus on at least one of Ireland’s key partner countries and/or on specific countries supported by Ireland that are affected by conflict and fragility : Burundi, </w:t>
-[...8 lines deleted...]
-        <w:t>Democratic Republic of the Congo, Ethiopia, Kenya, Liberia, Malawi, Mozambique, Nigeria, Rwanda, Uganda, Sierra Leone, South Africa, Tanzania, Zambia, Zimbabwe, Cambodia, Colombia, Laos, Myanmar, Palestine, Vietnam; Small Island Developing States.</w:t>
+        <w:t>A: As per the 2026 Call Document , Andrew Grene Postgraduate Scholarship proposals should focus on at least one of Ireland’s key partner countries and/or on specific countries supported by Ireland that are affected by conflict and fragility : Burundi, Democratic Republic of the Congo, Ethiopia, Kenya, Liberia, Malawi, Mozambique, Nigeria, Rwanda, Uganda, Sierra Leone, South Africa, Tanzania, Zambia, Zimbabwe, Cambodia, Colombia, Laos, Myanmar, Palestine, Vietnam; Small Island Developing States.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D864940" w14:textId="1B1EB884" w:rsidR="005A08DA" w:rsidRPr="00DE640F" w:rsidRDefault="0033523C" w:rsidP="005D40E1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE640F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Q: If successful, can an applicant register for their degree at both the eligible research body listed in their application and another European institution?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63B50286" w14:textId="6F6F72C0" w:rsidR="005A08DA" w:rsidRPr="009258EE" w:rsidRDefault="0033523C" w:rsidP="005D40E1">
@@ -7522,51 +7893,60 @@
         </w:rPr>
         <w:t>grant recipient</w:t>
       </w:r>
       <w:r w:rsidRPr="009258EE">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> must maintain a physical presence within their department or school in their </w:t>
       </w:r>
       <w:r w:rsidR="00660DEF">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>eligible research body</w:t>
       </w:r>
       <w:r w:rsidRPr="009258EE">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> for the duration of the </w:t>
+        <w:t xml:space="preserve"> for the duration </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009258EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">of the </w:t>
       </w:r>
       <w:r w:rsidR="00035EF0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>grant</w:t>
       </w:r>
       <w:r w:rsidRPr="009258EE">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, reside in the Republic of Ireland and within a reasonable travelling distance of the </w:t>
       </w:r>
       <w:r w:rsidR="00660DEF">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>eligible research body</w:t>
       </w:r>
@@ -7989,51 +8369,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> intended scholarship start date.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05BAB409" w14:textId="77777777" w:rsidR="003A56F8" w:rsidRPr="003A56F8" w:rsidRDefault="003A56F8" w:rsidP="005D40E1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0055161E">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>In the case of eligible career breaks, the start date of the scholarship may be further delayed, subject to prior approval from Research Ireland. Eligible career breaks include maternity leave, paternity leave, adoptive leave, parental leave, parent’s leave, extended sick leave, and carer’s leave.</w:t>
       </w:r>
       <w:r w:rsidRPr="003A56F8">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DD95A21" w14:textId="66996E32" w:rsidR="005A08DA" w:rsidRPr="003A56F8" w:rsidRDefault="005A08DA" w:rsidP="005D40E1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="46639787" w14:textId="77777777" w:rsidR="005A08DA" w:rsidRPr="003A56F8" w:rsidRDefault="005A08DA" w:rsidP="005D40E1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -8046,61 +8425,61 @@
     <w:p w14:paraId="75B8F37A" w14:textId="77777777" w:rsidR="00A44BE4" w:rsidRPr="003A56F8" w:rsidRDefault="00A44BE4" w:rsidP="00B10F24">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A44BE4" w:rsidRPr="003A56F8" w:rsidSect="00B10F24">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2269" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7FC272C8" w14:textId="77777777" w:rsidR="00325F77" w:rsidRDefault="00325F77" w:rsidP="009258EE">
+    <w:p w14:paraId="6FF3B6B8" w14:textId="77777777" w:rsidR="001C23D9" w:rsidRDefault="001C23D9" w:rsidP="009258EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="47750EE7" w14:textId="77777777" w:rsidR="00325F77" w:rsidRDefault="00325F77" w:rsidP="009258EE">
+    <w:p w14:paraId="18ACD545" w14:textId="77777777" w:rsidR="001C23D9" w:rsidRDefault="001C23D9" w:rsidP="009258EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -8161,108 +8540,108 @@
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1A4DA7FB" w14:textId="77777777" w:rsidR="00325F77" w:rsidRDefault="00325F77" w:rsidP="009258EE">
+    <w:p w14:paraId="28B7654A" w14:textId="77777777" w:rsidR="001C23D9" w:rsidRDefault="001C23D9" w:rsidP="009258EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="09B866C0" w14:textId="77777777" w:rsidR="00325F77" w:rsidRDefault="00325F77" w:rsidP="009258EE">
+    <w:p w14:paraId="37D95597" w14:textId="77777777" w:rsidR="001C23D9" w:rsidRDefault="001C23D9" w:rsidP="009258EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="106FE97D" w14:textId="6E30D0AD" w:rsidR="009258EE" w:rsidRDefault="009258EE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="single"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="61C269B7" wp14:editId="45FD208B">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="61C269B7" wp14:editId="04B05AB4">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>-403860</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-358775</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="6926074" cy="942975"/>
           <wp:effectExtent l="0" t="0" r="8255" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="35712658" name="Picture 4" descr="The Taighde Éireann - Research Ireland logo"/>
+          <wp:docPr id="35712658" name="Picture 4" descr="The Research Ireland logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="35712658" name="Picture 4" descr="The Taighde Éireann - Research Ireland logo"/>
+                  <pic:cNvPr id="35712658" name="Picture 4" descr="The Research Ireland logo"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect t="6154" b="17651"/>
                   <a:stretch/>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="6926074" cy="942975"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
@@ -8885,431 +9264,487 @@
   <w:num w:numId="8" w16cid:durableId="257761182">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1425230048">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="2010401923">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="508717661">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1698196741">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="635186423">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B47730"/>
     <w:rsid w:val="00000C38"/>
     <w:rsid w:val="0002035F"/>
+    <w:rsid w:val="0002089B"/>
     <w:rsid w:val="00024E48"/>
     <w:rsid w:val="00034616"/>
     <w:rsid w:val="00035EF0"/>
     <w:rsid w:val="0006063C"/>
     <w:rsid w:val="000625B4"/>
     <w:rsid w:val="00064F68"/>
     <w:rsid w:val="00071A74"/>
     <w:rsid w:val="00081408"/>
     <w:rsid w:val="00083A8E"/>
     <w:rsid w:val="00085BB3"/>
     <w:rsid w:val="000A4BF1"/>
     <w:rsid w:val="000B3654"/>
     <w:rsid w:val="000B3D36"/>
+    <w:rsid w:val="000D5079"/>
     <w:rsid w:val="000E4C44"/>
     <w:rsid w:val="000E7815"/>
     <w:rsid w:val="000F2365"/>
     <w:rsid w:val="000F74AC"/>
     <w:rsid w:val="00106377"/>
     <w:rsid w:val="00111211"/>
     <w:rsid w:val="00113A5F"/>
+    <w:rsid w:val="001165F5"/>
     <w:rsid w:val="0013288F"/>
     <w:rsid w:val="00132B6F"/>
     <w:rsid w:val="001411FE"/>
+    <w:rsid w:val="00144712"/>
     <w:rsid w:val="00145F1E"/>
     <w:rsid w:val="0015074B"/>
     <w:rsid w:val="00152885"/>
+    <w:rsid w:val="00152F4A"/>
     <w:rsid w:val="00154C87"/>
     <w:rsid w:val="00161663"/>
     <w:rsid w:val="00165C8C"/>
     <w:rsid w:val="001731F8"/>
     <w:rsid w:val="001852C8"/>
     <w:rsid w:val="001876AD"/>
     <w:rsid w:val="001B3BC3"/>
     <w:rsid w:val="001B6790"/>
     <w:rsid w:val="001B6BFC"/>
+    <w:rsid w:val="001C23D9"/>
     <w:rsid w:val="001C57CE"/>
     <w:rsid w:val="001C7A69"/>
+    <w:rsid w:val="001D5134"/>
     <w:rsid w:val="001E0C31"/>
     <w:rsid w:val="001F66A4"/>
     <w:rsid w:val="002105C4"/>
+    <w:rsid w:val="00216DBD"/>
     <w:rsid w:val="00247709"/>
     <w:rsid w:val="0024771A"/>
     <w:rsid w:val="00251B7C"/>
     <w:rsid w:val="00261E0F"/>
     <w:rsid w:val="00272E87"/>
     <w:rsid w:val="00274AD4"/>
     <w:rsid w:val="00283505"/>
     <w:rsid w:val="00285F43"/>
+    <w:rsid w:val="00286971"/>
     <w:rsid w:val="0029639D"/>
     <w:rsid w:val="002A267E"/>
     <w:rsid w:val="002B271F"/>
     <w:rsid w:val="002D623D"/>
     <w:rsid w:val="002F0979"/>
+    <w:rsid w:val="00300D3A"/>
     <w:rsid w:val="00301973"/>
+    <w:rsid w:val="0030315B"/>
     <w:rsid w:val="003068F4"/>
+    <w:rsid w:val="00311A3D"/>
     <w:rsid w:val="00325F77"/>
     <w:rsid w:val="00326F90"/>
-    <w:rsid w:val="00332EB3"/>
     <w:rsid w:val="003341CF"/>
     <w:rsid w:val="0033515C"/>
     <w:rsid w:val="0033523C"/>
     <w:rsid w:val="0034555D"/>
+    <w:rsid w:val="003520D4"/>
     <w:rsid w:val="00353DA6"/>
     <w:rsid w:val="00360F54"/>
+    <w:rsid w:val="00362255"/>
     <w:rsid w:val="00376991"/>
     <w:rsid w:val="0039480C"/>
     <w:rsid w:val="00395932"/>
     <w:rsid w:val="003A096E"/>
     <w:rsid w:val="003A56F8"/>
     <w:rsid w:val="003B2076"/>
     <w:rsid w:val="003C5273"/>
     <w:rsid w:val="003C6F10"/>
     <w:rsid w:val="003D4CBE"/>
     <w:rsid w:val="003D4EA0"/>
     <w:rsid w:val="003F20A6"/>
     <w:rsid w:val="003F747A"/>
     <w:rsid w:val="004129E5"/>
+    <w:rsid w:val="00423274"/>
     <w:rsid w:val="00427D6F"/>
     <w:rsid w:val="00436202"/>
     <w:rsid w:val="004514BB"/>
     <w:rsid w:val="00451CC4"/>
     <w:rsid w:val="004550DE"/>
     <w:rsid w:val="00461959"/>
     <w:rsid w:val="00461AF4"/>
+    <w:rsid w:val="004878A9"/>
     <w:rsid w:val="00495AF0"/>
     <w:rsid w:val="0049DFAE"/>
+    <w:rsid w:val="004B56E8"/>
     <w:rsid w:val="004B763E"/>
     <w:rsid w:val="004D7308"/>
     <w:rsid w:val="004E0045"/>
     <w:rsid w:val="004F0A32"/>
     <w:rsid w:val="00500A74"/>
     <w:rsid w:val="00505A15"/>
     <w:rsid w:val="00510039"/>
     <w:rsid w:val="00513A81"/>
     <w:rsid w:val="0051465B"/>
     <w:rsid w:val="00520631"/>
     <w:rsid w:val="005235DC"/>
     <w:rsid w:val="0053604E"/>
     <w:rsid w:val="0055161E"/>
+    <w:rsid w:val="00565C94"/>
     <w:rsid w:val="00587CB9"/>
     <w:rsid w:val="0059173B"/>
     <w:rsid w:val="00594743"/>
     <w:rsid w:val="005A08DA"/>
     <w:rsid w:val="005A2348"/>
     <w:rsid w:val="005A339B"/>
     <w:rsid w:val="005A4E2B"/>
     <w:rsid w:val="005A5278"/>
     <w:rsid w:val="005D40E1"/>
+    <w:rsid w:val="005D57B9"/>
     <w:rsid w:val="005F1994"/>
     <w:rsid w:val="005F32CB"/>
     <w:rsid w:val="005F4A9E"/>
     <w:rsid w:val="005F7E73"/>
     <w:rsid w:val="006058E9"/>
     <w:rsid w:val="00616562"/>
     <w:rsid w:val="00620B3E"/>
+    <w:rsid w:val="00620BB9"/>
     <w:rsid w:val="00623C78"/>
     <w:rsid w:val="006277DC"/>
     <w:rsid w:val="00632904"/>
     <w:rsid w:val="00635A77"/>
-    <w:rsid w:val="00647168"/>
+    <w:rsid w:val="00647C04"/>
     <w:rsid w:val="00653C48"/>
     <w:rsid w:val="00656884"/>
+    <w:rsid w:val="0065722E"/>
     <w:rsid w:val="00660DEF"/>
     <w:rsid w:val="00661492"/>
     <w:rsid w:val="00662A31"/>
+    <w:rsid w:val="006741B6"/>
     <w:rsid w:val="00676A3D"/>
     <w:rsid w:val="00677481"/>
     <w:rsid w:val="00690431"/>
     <w:rsid w:val="006B26F7"/>
     <w:rsid w:val="006B2788"/>
     <w:rsid w:val="006D0C3C"/>
     <w:rsid w:val="0070697F"/>
     <w:rsid w:val="00715BE4"/>
     <w:rsid w:val="00724FF8"/>
     <w:rsid w:val="00736ABD"/>
     <w:rsid w:val="00737550"/>
     <w:rsid w:val="00740694"/>
     <w:rsid w:val="00747215"/>
     <w:rsid w:val="00754A3D"/>
+    <w:rsid w:val="00755D5E"/>
     <w:rsid w:val="0076342C"/>
     <w:rsid w:val="0076342F"/>
     <w:rsid w:val="00780A02"/>
     <w:rsid w:val="00791815"/>
     <w:rsid w:val="007924F9"/>
     <w:rsid w:val="00797036"/>
     <w:rsid w:val="00797153"/>
+    <w:rsid w:val="007A63DC"/>
     <w:rsid w:val="007A78A0"/>
     <w:rsid w:val="007B58B6"/>
     <w:rsid w:val="007B699C"/>
     <w:rsid w:val="007B6CB5"/>
     <w:rsid w:val="007C26F9"/>
+    <w:rsid w:val="007C7BC2"/>
     <w:rsid w:val="007D4603"/>
     <w:rsid w:val="007D74E2"/>
     <w:rsid w:val="007E5777"/>
     <w:rsid w:val="008108F0"/>
     <w:rsid w:val="00822852"/>
     <w:rsid w:val="008248E1"/>
     <w:rsid w:val="0084042A"/>
     <w:rsid w:val="00847C47"/>
     <w:rsid w:val="008670FF"/>
     <w:rsid w:val="00870710"/>
     <w:rsid w:val="00880641"/>
+    <w:rsid w:val="0089325A"/>
     <w:rsid w:val="008A290E"/>
     <w:rsid w:val="008B022D"/>
+    <w:rsid w:val="008B112A"/>
     <w:rsid w:val="008B4626"/>
+    <w:rsid w:val="008B5392"/>
+    <w:rsid w:val="008C04FF"/>
+    <w:rsid w:val="008C1D8C"/>
     <w:rsid w:val="008C4673"/>
+    <w:rsid w:val="008C7770"/>
+    <w:rsid w:val="008D3EF7"/>
     <w:rsid w:val="008E0260"/>
     <w:rsid w:val="008E0B42"/>
     <w:rsid w:val="008E7AB9"/>
     <w:rsid w:val="008F688B"/>
     <w:rsid w:val="009057DB"/>
     <w:rsid w:val="009067D8"/>
+    <w:rsid w:val="00913259"/>
     <w:rsid w:val="009132DC"/>
     <w:rsid w:val="00924FB2"/>
     <w:rsid w:val="009258EE"/>
     <w:rsid w:val="00932D91"/>
+    <w:rsid w:val="009366C4"/>
     <w:rsid w:val="00967ABC"/>
     <w:rsid w:val="009730CE"/>
     <w:rsid w:val="00974544"/>
     <w:rsid w:val="00980B49"/>
     <w:rsid w:val="00993114"/>
+    <w:rsid w:val="00993484"/>
     <w:rsid w:val="009B18FE"/>
     <w:rsid w:val="009B67AA"/>
     <w:rsid w:val="009C0858"/>
     <w:rsid w:val="009D2089"/>
     <w:rsid w:val="009E0079"/>
     <w:rsid w:val="009E46F8"/>
     <w:rsid w:val="009F1010"/>
     <w:rsid w:val="009F631B"/>
     <w:rsid w:val="00A003A7"/>
     <w:rsid w:val="00A03273"/>
     <w:rsid w:val="00A03B34"/>
     <w:rsid w:val="00A07CCB"/>
     <w:rsid w:val="00A3110A"/>
     <w:rsid w:val="00A378C6"/>
+    <w:rsid w:val="00A417C4"/>
     <w:rsid w:val="00A44BE4"/>
+    <w:rsid w:val="00A83622"/>
     <w:rsid w:val="00A8481D"/>
     <w:rsid w:val="00A86983"/>
     <w:rsid w:val="00A877A0"/>
     <w:rsid w:val="00AA1D8D"/>
     <w:rsid w:val="00AA6478"/>
     <w:rsid w:val="00AB0ACC"/>
     <w:rsid w:val="00AB3614"/>
     <w:rsid w:val="00AB465D"/>
+    <w:rsid w:val="00AC3674"/>
     <w:rsid w:val="00AC4828"/>
     <w:rsid w:val="00AC5D9D"/>
     <w:rsid w:val="00AC6B23"/>
     <w:rsid w:val="00AD0C74"/>
     <w:rsid w:val="00AD6D1D"/>
     <w:rsid w:val="00AE2C17"/>
     <w:rsid w:val="00AF4EAC"/>
     <w:rsid w:val="00B001A8"/>
     <w:rsid w:val="00B02630"/>
     <w:rsid w:val="00B10F24"/>
     <w:rsid w:val="00B124B0"/>
     <w:rsid w:val="00B1324D"/>
     <w:rsid w:val="00B24F59"/>
     <w:rsid w:val="00B37199"/>
     <w:rsid w:val="00B433E5"/>
     <w:rsid w:val="00B43626"/>
     <w:rsid w:val="00B45C6B"/>
     <w:rsid w:val="00B47730"/>
     <w:rsid w:val="00B55253"/>
     <w:rsid w:val="00B7108D"/>
     <w:rsid w:val="00B76E27"/>
     <w:rsid w:val="00B830F1"/>
     <w:rsid w:val="00B863F7"/>
     <w:rsid w:val="00B92CDE"/>
     <w:rsid w:val="00B93F17"/>
     <w:rsid w:val="00BA5FC3"/>
     <w:rsid w:val="00BB370E"/>
     <w:rsid w:val="00BC1B37"/>
     <w:rsid w:val="00BC77F7"/>
     <w:rsid w:val="00BE1B5D"/>
     <w:rsid w:val="00BE60E2"/>
     <w:rsid w:val="00C15645"/>
     <w:rsid w:val="00C25279"/>
     <w:rsid w:val="00C261C5"/>
     <w:rsid w:val="00C32702"/>
     <w:rsid w:val="00C63328"/>
     <w:rsid w:val="00C643DB"/>
     <w:rsid w:val="00C8536E"/>
     <w:rsid w:val="00C92717"/>
     <w:rsid w:val="00CA1848"/>
+    <w:rsid w:val="00CA561A"/>
     <w:rsid w:val="00CA6A9F"/>
     <w:rsid w:val="00CA776B"/>
     <w:rsid w:val="00CB0664"/>
     <w:rsid w:val="00CC2607"/>
     <w:rsid w:val="00CC7CEA"/>
     <w:rsid w:val="00CE3778"/>
     <w:rsid w:val="00CE4DAB"/>
     <w:rsid w:val="00CE6C61"/>
     <w:rsid w:val="00CF7E53"/>
     <w:rsid w:val="00D01196"/>
     <w:rsid w:val="00D108A5"/>
     <w:rsid w:val="00D15388"/>
     <w:rsid w:val="00D15981"/>
     <w:rsid w:val="00D16045"/>
+    <w:rsid w:val="00D34B23"/>
+    <w:rsid w:val="00D357BA"/>
     <w:rsid w:val="00D373B9"/>
+    <w:rsid w:val="00D4755F"/>
     <w:rsid w:val="00D52082"/>
+    <w:rsid w:val="00D55CEF"/>
     <w:rsid w:val="00D5760D"/>
-    <w:rsid w:val="00D629E3"/>
+    <w:rsid w:val="00D64C39"/>
     <w:rsid w:val="00D6598C"/>
+    <w:rsid w:val="00D7400E"/>
     <w:rsid w:val="00D8080D"/>
     <w:rsid w:val="00D84B84"/>
     <w:rsid w:val="00DA7624"/>
     <w:rsid w:val="00DC4FC9"/>
     <w:rsid w:val="00DC620B"/>
     <w:rsid w:val="00DC63CD"/>
-    <w:rsid w:val="00DE5E5D"/>
     <w:rsid w:val="00DE640F"/>
     <w:rsid w:val="00DE746E"/>
+    <w:rsid w:val="00DF4C7A"/>
     <w:rsid w:val="00E43520"/>
+    <w:rsid w:val="00E50E20"/>
+    <w:rsid w:val="00E5187A"/>
     <w:rsid w:val="00E53291"/>
     <w:rsid w:val="00E67DAA"/>
     <w:rsid w:val="00E71F38"/>
     <w:rsid w:val="00E90424"/>
     <w:rsid w:val="00E95568"/>
+    <w:rsid w:val="00E97056"/>
     <w:rsid w:val="00EA3402"/>
     <w:rsid w:val="00EA3490"/>
     <w:rsid w:val="00EC0A59"/>
     <w:rsid w:val="00EC5CE5"/>
     <w:rsid w:val="00EC6022"/>
+    <w:rsid w:val="00EC7C7A"/>
     <w:rsid w:val="00ED0D2E"/>
+    <w:rsid w:val="00EE0EF4"/>
     <w:rsid w:val="00F06D86"/>
     <w:rsid w:val="00F14763"/>
     <w:rsid w:val="00F2029B"/>
     <w:rsid w:val="00F22571"/>
+    <w:rsid w:val="00F26D3B"/>
     <w:rsid w:val="00F27F02"/>
+    <w:rsid w:val="00F301E0"/>
     <w:rsid w:val="00F348D3"/>
     <w:rsid w:val="00F35D83"/>
     <w:rsid w:val="00F42987"/>
     <w:rsid w:val="00F42AB2"/>
     <w:rsid w:val="00F62E60"/>
     <w:rsid w:val="00F94EED"/>
+    <w:rsid w:val="00F9782B"/>
     <w:rsid w:val="00FB7505"/>
     <w:rsid w:val="00FC693F"/>
     <w:rsid w:val="00FD6240"/>
     <w:rsid w:val="00FE0C9A"/>
+    <w:rsid w:val="00FE271E"/>
     <w:rsid w:val="00FE2E0F"/>
     <w:rsid w:val="02ADC080"/>
     <w:rsid w:val="060ED280"/>
     <w:rsid w:val="070822AA"/>
     <w:rsid w:val="074D1FD0"/>
     <w:rsid w:val="0D731CF7"/>
     <w:rsid w:val="0F93B167"/>
     <w:rsid w:val="109E16B7"/>
     <w:rsid w:val="12A5B577"/>
     <w:rsid w:val="142815AF"/>
     <w:rsid w:val="1612C3ED"/>
     <w:rsid w:val="16AA17FD"/>
+    <w:rsid w:val="182B675B"/>
     <w:rsid w:val="197DB94F"/>
     <w:rsid w:val="1DB1A1C2"/>
     <w:rsid w:val="1DD9A402"/>
     <w:rsid w:val="2184DC3D"/>
     <w:rsid w:val="218D1CED"/>
     <w:rsid w:val="23CE1983"/>
     <w:rsid w:val="2426AA15"/>
     <w:rsid w:val="28241144"/>
     <w:rsid w:val="2829E94F"/>
     <w:rsid w:val="28C205EB"/>
     <w:rsid w:val="2B144923"/>
     <w:rsid w:val="2E425290"/>
+    <w:rsid w:val="2F414E8F"/>
     <w:rsid w:val="2F56C396"/>
     <w:rsid w:val="31A989DF"/>
     <w:rsid w:val="32B527AE"/>
     <w:rsid w:val="34204FA4"/>
     <w:rsid w:val="34A948D1"/>
     <w:rsid w:val="3D70274D"/>
     <w:rsid w:val="3EC0C9B3"/>
     <w:rsid w:val="409509AE"/>
     <w:rsid w:val="41B96BCD"/>
     <w:rsid w:val="43A9E33D"/>
     <w:rsid w:val="4734DC70"/>
     <w:rsid w:val="479AA76A"/>
     <w:rsid w:val="4EB0265A"/>
     <w:rsid w:val="4FF952D1"/>
     <w:rsid w:val="508E6A92"/>
     <w:rsid w:val="50DC506B"/>
     <w:rsid w:val="5220862A"/>
     <w:rsid w:val="5225BE1C"/>
     <w:rsid w:val="5330033E"/>
     <w:rsid w:val="53B59258"/>
     <w:rsid w:val="54132397"/>
     <w:rsid w:val="5487CCBB"/>
     <w:rsid w:val="5724EDDF"/>
     <w:rsid w:val="59DBE6E1"/>
     <w:rsid w:val="5F026210"/>
     <w:rsid w:val="61ED81F0"/>
     <w:rsid w:val="6262AADE"/>
     <w:rsid w:val="67869F77"/>
     <w:rsid w:val="67AD2383"/>
     <w:rsid w:val="6A747F4E"/>
     <w:rsid w:val="6C24A445"/>
     <w:rsid w:val="724438F8"/>
     <w:rsid w:val="746B02D3"/>
     <w:rsid w:val="74A883ED"/>
     <w:rsid w:val="759856B6"/>
+    <w:rsid w:val="75C108A6"/>
     <w:rsid w:val="762CB876"/>
     <w:rsid w:val="76A2B142"/>
     <w:rsid w:val="7D2B3B12"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -9698,51 +10133,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00FC693F"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00D629E3"/>
+    <w:rsid w:val="00D64C39"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:eastAsia="en-IE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:keepNext/>
@@ -9984,51 +10419,51 @@
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E618BF"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00D629E3"/>
+    <w:rsid w:val="00D64C39"/>
     <w:rPr>
       <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:eastAsia="en-IE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00FC693F"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
@@ -20844,50 +21279,63 @@
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00106377"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-IE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:aliases w:val="Footnote symbol,Times 10 Point, Exposant 3 Point,Footnote reference number,Footnote Reference Superscript,Appel note de bas de p,Appel note de bas de page,Légende.Char Car Car Car Car,Voetnootverwijzing,LÈgende.Char Car Car Car Car"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00106377"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
+    <w:div w:id="169761847">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="487789190">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="494345228">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -20896,90 +21344,129 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="782071481">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="818811999">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="898981215">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1123577355">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1331904366">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1370296121">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1452746808">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1482118525">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1545486095">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
@@ -21280,50 +21767,63 @@
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1744178948">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1779062221">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1796362467">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="83846612">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
@@ -21600,50 +22100,63 @@
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="930695506">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2003315002">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2022319639">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchireland.ie/funding/government-ireland-postgraduate/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:postgrad@researchireland.ie" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
@@ -21962,69 +22475,59 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
-[...8 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004D4A66A11B4065458BC5616396289666" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f1e4beefe7c68e61a0b882b716bf3213">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="99e4f361-24e1-455a-9dbe-1e3382a2fe91" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="412b384a93d7b7452757fc1c1dcc6b5d" ns2:_="">
     <xsd:import namespace="99e4f361-24e1-455a-9dbe-1e3382a2fe91"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="99e4f361-24e1-455a-9dbe-1e3382a2fe91" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
@@ -22124,116 +22627,126 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1FC56F8B-E434-43BC-A1ED-8D127F460940}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{53D7F921-39A1-42E2-9856-41059BF267D2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="99e4f361-24e1-455a-9dbe-1e3382a2fe91"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EF278816-EC6F-A645-907D-7F25AECB1D4A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E43F53D2-38AF-484A-B990-4B3E7C8CB38C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="99e4f361-24e1-455a-9dbe-1e3382a2fe91"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>14</Pages>
-  <Words>4603</Words>
-  <Characters>26238</Characters>
+  <Words>4836</Words>
+  <Characters>27570</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>218</Lines>
-  <Paragraphs>61</Paragraphs>
+  <Lines>229</Lines>
+  <Paragraphs>64</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>30780</CharactersWithSpaces>
+  <CharactersWithSpaces>32342</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>python-docx</dc:creator>
   <cp:keywords/>
   <dc:description>generated by python-docx</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">